--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Pastas pessoais\Alessandro\Meu Temp\atualizacao_planilhas_site\jun_2025\projecoes_ifi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Planilhas Site\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E2039E3-3D2F-4853-A441-6943783874EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A75E264-DDC3-4D1C-8B92-1B474205D863}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="23880" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Informação" sheetId="4" r:id="rId1"/>
     <sheet name="Projeções" sheetId="2" r:id="rId2"/>
     <sheet name="Cenários" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Projeções!$F$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -234,53 +234,50 @@
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>apenas</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> nas revisões de cenários de médio prazo, que ocorrem</t>
     </r>
   </si>
   <si>
     <t>e será publicada no Relatório de Acompanhamento Fiscal (RAF) de tal mês.</t>
   </si>
   <si>
-    <t>Última atualização deste arquivo: 24 de junho de 2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>A IFI produz dois conjuntos de projeções ao longo do ano: de curto prazo e de médio prazo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Este arquivo</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> apresenta as projeções de </t>
     </r>
@@ -421,54 +418,57 @@
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>maior frequência</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, com</t>
     </r>
   </si>
   <si>
-    <t>Última atualização: 24/jun/2025</t>
+    <t>2028-2035</t>
   </si>
   <si>
-    <t>2027-2035</t>
+    <t>Última atualização: Dez/2025</t>
+  </si>
+  <si>
+    <t>Última atualização deste arquivo: Dezembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -925,51 +925,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color rgb="FF005D89"/>
       </right>
       <top style="thick">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1092,67 +1092,66 @@
     <xf numFmtId="3" fontId="12" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="12" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="12" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="6" fillId="6" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="12" fillId="6" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_projeções" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Porcentagem" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005D89"/>
       <color rgb="FF305496"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1413,865 +1412,870 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="9" max="9" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="82" t="s">
+      <c r="A4" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="82"/>
-[...6 lines deleted...]
-      <c r="I4" s="82"/>
+      <c r="B4" s="83"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="56" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" s="57"/>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="57"/>
       <c r="G5" s="57"/>
       <c r="H5" s="57"/>
       <c r="I5" s="58"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="59"/>
       <c r="I6" s="60"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="59" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I7" s="60"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="59" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I8" s="60"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="59" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="60"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="59" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="I10" s="60"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="59" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="60"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="59" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I12" s="60"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="59" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="60"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="59"/>
       <c r="I14" s="60"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="59" t="s">
         <v>32</v>
       </c>
       <c r="I15" s="60"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="59" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I16" s="60"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="59" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="60"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="59" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I18" s="60"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="59" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="60"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="59"/>
       <c r="I20" s="60"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="59" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I21" s="60"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="59" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I22" s="60"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="59" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I23" s="60"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="59" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I24" s="60"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="59" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I25" s="60"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="59" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I26" s="60"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="59" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I27" s="60"/>
     </row>
     <row r="28" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="66" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B28" s="61"/>
       <c r="C28" s="61"/>
       <c r="D28" s="61"/>
       <c r="E28" s="61"/>
       <c r="F28" s="61"/>
       <c r="G28" s="61"/>
       <c r="H28" s="61"/>
       <c r="I28" s="62"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:O17"/>
+  <dimension ref="B1:N17"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:B3"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.7109375" style="1" customWidth="1"/>
     <col min="3" max="13" width="7.140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="7.42578125" style="1" customWidth="1"/>
     <col min="15" max="20" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="47" t="s">
         <v>56</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
-    <row r="2" spans="2:15" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="83"/>
+    <row r="2" spans="2:14" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="84"/>
       <c r="C2" s="3"/>
-      <c r="D2" s="85" t="s">
+      <c r="D2" s="86" t="s">
         <v>35</v>
       </c>
-      <c r="E2" s="85"/>
-[...11 lines deleted...]
-      <c r="B3" s="84"/>
+      <c r="E2" s="86"/>
+      <c r="F2" s="86"/>
+      <c r="G2" s="86"/>
+      <c r="H2" s="86"/>
+      <c r="I2" s="86"/>
+      <c r="J2" s="86"/>
+      <c r="K2" s="86"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="87"/>
+    </row>
+    <row r="3" spans="2:14" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="85"/>
       <c r="C3" s="54">
         <v>2024</v>
       </c>
       <c r="D3" s="55">
         <v>2025</v>
       </c>
       <c r="E3" s="55">
         <v>2026</v>
       </c>
       <c r="F3" s="55">
         <v>2027</v>
       </c>
       <c r="G3" s="55">
         <v>2028</v>
       </c>
       <c r="H3" s="55">
         <v>2029</v>
       </c>
       <c r="I3" s="55">
         <v>2030</v>
       </c>
       <c r="J3" s="55">
         <v>2031</v>
       </c>
       <c r="K3" s="55">
         <v>2032</v>
       </c>
       <c r="L3" s="55">
         <v>2033</v>
       </c>
       <c r="M3" s="55">
         <v>2034</v>
       </c>
-      <c r="N3" s="88">
+      <c r="N3" s="82">
         <v>2035</v>
       </c>
-      <c r="O3" s="87"/>
-[...1 lines deleted...]
-    <row r="4" spans="2:15" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="4" spans="2:14" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B4" s="48" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5">
-        <v>3.4</v>
+        <v>3.419315165977399</v>
       </c>
       <c r="D4" s="4">
-        <v>2.37</v>
+        <v>2.3280555032131818</v>
       </c>
       <c r="E4" s="4">
-        <v>1.7</v>
+        <v>1.6968899835070561</v>
       </c>
       <c r="F4" s="4">
-        <v>2.0299999999999998</v>
+        <v>1.965202626363004</v>
       </c>
       <c r="G4" s="4">
-        <v>2.21</v>
+        <v>2.2223257786138406</v>
       </c>
       <c r="H4" s="4">
-        <v>2.23</v>
+        <v>2.2415411492285164</v>
       </c>
       <c r="I4" s="4">
-        <v>2.2599999999999998</v>
+        <v>2.2692835739082939</v>
       </c>
       <c r="J4" s="4">
-        <v>2.25</v>
+        <v>2.2582290679639394</v>
       </c>
       <c r="K4" s="4">
-        <v>2.25</v>
+        <v>2.2616746741008513</v>
       </c>
       <c r="L4" s="4">
-        <v>2.2799999999999998</v>
+        <v>2.2909627099090035</v>
       </c>
       <c r="M4" s="4">
-        <v>2.2599999999999998</v>
+        <v>2.2560747011737159</v>
       </c>
       <c r="N4" s="6">
-        <v>2.23</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.2218767901697785</v>
+      </c>
+    </row>
+    <row r="5" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="8">
-        <v>11745</v>
+        <v>11779.25058162827</v>
       </c>
       <c r="D5" s="7">
-        <v>12672</v>
+        <v>12695.723221601967</v>
       </c>
       <c r="E5" s="7">
-        <v>13479</v>
+        <v>13432.12847638657</v>
       </c>
       <c r="F5" s="7">
-        <v>14365</v>
+        <v>14244.759684970266</v>
       </c>
       <c r="G5" s="7">
-        <v>15277</v>
+        <v>15108.961860168065</v>
       </c>
       <c r="H5" s="7">
-        <v>16165</v>
+        <v>15988.302698496949</v>
       </c>
       <c r="I5" s="7">
-        <v>17109</v>
+        <v>16923.411917269001</v>
       </c>
       <c r="J5" s="7">
-        <v>18106</v>
+        <v>17911.276670832704</v>
       </c>
       <c r="K5" s="7">
-        <v>19162</v>
+        <v>18957.444480873739</v>
       </c>
       <c r="L5" s="7">
-        <v>20286</v>
+        <v>20070.463800946138</v>
       </c>
       <c r="M5" s="7">
-        <v>21470</v>
+        <v>21241.582853168373</v>
       </c>
       <c r="N5" s="9">
-        <v>22716</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>22473.51871528327</v>
+      </c>
+    </row>
+    <row r="6" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="50" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="11">
-        <v>4.83</v>
+        <v>4.8312957918595911</v>
       </c>
       <c r="D6" s="10">
-        <v>5.28</v>
+        <v>4.33</v>
       </c>
       <c r="E6" s="10">
-        <v>4.3099999999999996</v>
+        <v>3.8885808626424225</v>
       </c>
       <c r="F6" s="12">
-        <v>4.1100000000000003</v>
+        <v>3.5218048044658645</v>
       </c>
       <c r="G6" s="12">
-        <v>3.56</v>
+        <v>3.260902402232932</v>
       </c>
       <c r="H6" s="12">
         <v>3</v>
       </c>
       <c r="I6" s="12">
         <v>3</v>
       </c>
       <c r="J6" s="12">
         <v>3</v>
       </c>
       <c r="K6" s="12">
         <v>3</v>
       </c>
       <c r="L6" s="12">
         <v>3</v>
       </c>
       <c r="M6" s="12">
         <v>3</v>
       </c>
       <c r="N6" s="13">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="49" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="15">
-        <v>6.19</v>
+        <v>6.1923000000000004</v>
       </c>
       <c r="D7" s="14">
-        <v>5.78</v>
+        <v>5.4</v>
       </c>
       <c r="E7" s="14">
-        <v>5.91</v>
+        <v>5.4540000000000006</v>
       </c>
       <c r="F7" s="16">
-        <v>6.04</v>
+        <v>5.5085400000000009</v>
       </c>
       <c r="G7" s="16">
-        <v>6.14</v>
+        <v>5.5779973131879625</v>
       </c>
       <c r="H7" s="16">
-        <v>6.2</v>
+        <v>5.6337772863198419</v>
       </c>
       <c r="I7" s="16">
-        <v>6.26</v>
+        <v>5.6901150591830403</v>
       </c>
       <c r="J7" s="16">
-        <v>6.32</v>
+        <v>5.7470162097748707</v>
       </c>
       <c r="K7" s="16">
-        <v>6.39</v>
+        <v>5.8044863718726196</v>
       </c>
       <c r="L7" s="16">
-        <v>6.45</v>
+        <v>5.8625312355913461</v>
       </c>
       <c r="M7" s="16">
-        <v>6.51</v>
+        <v>5.9211565479472599</v>
       </c>
       <c r="N7" s="17">
-        <v>6.58</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.9803681134267324</v>
+      </c>
+    </row>
+    <row r="8" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="50" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="11">
-        <v>2.85</v>
+        <v>2.8324478995733537</v>
       </c>
       <c r="D8" s="10">
-        <v>1.1000000000000001</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="E8" s="10">
-        <v>0.85</v>
+        <v>0.7636004925781753</v>
       </c>
       <c r="F8" s="12">
-        <v>1.08</v>
+        <v>0.54255279756728658</v>
       </c>
       <c r="G8" s="12">
-        <v>1.17</v>
+        <v>0.69918640718564262</v>
       </c>
       <c r="H8" s="12">
-        <v>1.18</v>
+        <v>0.89844397997291825</v>
       </c>
       <c r="I8" s="12">
-        <v>1.2</v>
+        <v>0.87106963916210312</v>
       </c>
       <c r="J8" s="12">
-        <v>1.19</v>
+        <v>0.7852954873327711</v>
       </c>
       <c r="K8" s="12">
-        <v>1.19</v>
+        <v>0.72799285693552207</v>
       </c>
       <c r="L8" s="12">
-        <v>1.21</v>
+        <v>0.71656492128229221</v>
       </c>
       <c r="M8" s="12">
-        <v>1.2</v>
+        <v>0.67092730943429935</v>
       </c>
       <c r="N8" s="13">
-        <v>1.18</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.6273981592285427</v>
+      </c>
+    </row>
+    <row r="9" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="49" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="15">
-        <v>7.6</v>
+        <v>7.5235558357125587</v>
       </c>
       <c r="D9" s="14">
-        <v>3.43</v>
+        <v>5.2594999999999725</v>
       </c>
       <c r="E9" s="14">
-        <v>2.56</v>
+        <v>3.6227890625789128</v>
       </c>
       <c r="F9" s="16">
-        <v>2.0299999999999998</v>
+        <v>2.7293960390441629</v>
       </c>
       <c r="G9" s="16">
-        <v>2.21</v>
+        <v>2.2223257786138317</v>
       </c>
       <c r="H9" s="16">
-        <v>2.23</v>
+        <v>2.2415411492285209</v>
       </c>
       <c r="I9" s="16">
-        <v>2.2599999999999998</v>
+        <v>2.2692835739082984</v>
       </c>
       <c r="J9" s="16">
-        <v>2.25</v>
+        <v>2.258229067963935</v>
       </c>
       <c r="K9" s="16">
-        <v>2.25</v>
+        <v>2.2616746741008553</v>
       </c>
       <c r="L9" s="16">
-        <v>2.2799999999999998</v>
+        <v>2.2909627099090057</v>
       </c>
       <c r="M9" s="16">
-        <v>2.2599999999999998</v>
+        <v>2.256074701173727</v>
       </c>
       <c r="N9" s="17">
-        <v>2.23</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.2218767901697856</v>
+      </c>
+    </row>
+    <row r="10" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="50" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="11">
         <v>12.25</v>
       </c>
       <c r="D10" s="10">
-        <v>14.75</v>
+        <v>15</v>
       </c>
       <c r="E10" s="10">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="F10" s="12">
-        <v>11</v>
+        <v>10.5</v>
       </c>
       <c r="G10" s="12">
-        <v>9.5</v>
+        <v>9.25</v>
       </c>
       <c r="H10" s="12">
         <v>8</v>
       </c>
       <c r="I10" s="12">
         <v>8</v>
       </c>
       <c r="J10" s="12">
         <v>8</v>
       </c>
       <c r="K10" s="12">
         <v>8</v>
       </c>
       <c r="L10" s="12">
         <v>8</v>
       </c>
       <c r="M10" s="12">
         <v>8</v>
       </c>
       <c r="N10" s="13">
         <v>8</v>
       </c>
     </row>
-    <row r="11" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="49" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="15">
-        <v>9.9499999999999993</v>
+        <v>9.9472798076803759</v>
       </c>
       <c r="D11" s="14">
-        <v>8.08</v>
+        <v>8.0444006593272768</v>
       </c>
       <c r="E11" s="14">
-        <v>7.05</v>
+        <v>6.980955444953052</v>
       </c>
       <c r="F11" s="16">
-        <v>5.9</v>
+        <v>6.2387033550537874</v>
       </c>
       <c r="G11" s="16">
-        <v>5.45</v>
+        <v>5.6193516775268941</v>
       </c>
       <c r="H11" s="16">
         <v>5</v>
       </c>
       <c r="I11" s="16">
         <v>5</v>
       </c>
       <c r="J11" s="16">
         <v>5</v>
       </c>
       <c r="K11" s="16">
         <v>5</v>
       </c>
       <c r="L11" s="16">
         <v>5</v>
       </c>
       <c r="M11" s="16">
         <v>5</v>
       </c>
       <c r="N11" s="17">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="18">
-        <v>-0.4</v>
+        <v>-0.40488750826236963</v>
       </c>
       <c r="D12" s="12">
-        <v>-0.69</v>
+        <v>-0.53627317463962698</v>
       </c>
       <c r="E12" s="10">
-        <v>-1.1499999999999999</v>
+        <v>-0.72472726435698132</v>
       </c>
       <c r="F12" s="12">
-        <v>-1.86</v>
+        <v>-1.2955088732236266</v>
       </c>
       <c r="G12" s="12">
-        <v>-1.87</v>
+        <v>-1.2671287471024766</v>
       </c>
       <c r="H12" s="12">
-        <v>-2.27</v>
+        <v>-1.5580788334912385</v>
       </c>
       <c r="I12" s="12">
-        <v>-2.52</v>
+        <v>-1.8033958738903633</v>
       </c>
       <c r="J12" s="12">
-        <v>-2.75</v>
+        <v>-2.0328051327714851</v>
       </c>
       <c r="K12" s="12">
-        <v>-2.96</v>
+        <v>-2.2137426404880238</v>
       </c>
       <c r="L12" s="12">
-        <v>-2.6</v>
+        <v>-1.8282366911746044</v>
       </c>
       <c r="M12" s="12">
-        <v>-2.65</v>
+        <v>-1.8505331567517462</v>
       </c>
       <c r="N12" s="13">
-        <v>-2.71</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.8746355884474855</v>
+      </c>
+    </row>
+    <row r="13" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="19">
-        <v>-0.39</v>
+        <v>-0.38625332612805208</v>
       </c>
       <c r="D13" s="16">
-        <v>-0.66</v>
+        <v>-0.55627317463962689</v>
       </c>
       <c r="E13" s="14">
-        <v>-1.07</v>
+        <v>-0.67472726435698138</v>
       </c>
       <c r="F13" s="16">
-        <v>-1.81</v>
+        <v>-1.2655088732236266</v>
       </c>
       <c r="G13" s="16">
-        <v>-1.87</v>
+        <v>-1.2671287471024766</v>
       </c>
       <c r="H13" s="16">
-        <v>-2.27</v>
+        <v>-1.5580788334912385</v>
       </c>
       <c r="I13" s="16">
-        <v>-2.52</v>
+        <v>-1.8033958738903633</v>
       </c>
       <c r="J13" s="16">
-        <v>-2.75</v>
+        <v>-2.0328051327714851</v>
       </c>
       <c r="K13" s="16">
-        <v>-2.96</v>
+        <v>-2.2137426404880238</v>
       </c>
       <c r="L13" s="16">
-        <v>-2.6</v>
+        <v>-1.8282366911746044</v>
       </c>
       <c r="M13" s="16">
-        <v>-2.65</v>
+        <v>-1.8505331567517462</v>
       </c>
       <c r="N13" s="17">
-        <v>-2.71</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.8746355884474855</v>
+      </c>
+    </row>
+    <row r="14" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="51" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="18">
-        <v>8.09</v>
+        <v>8.0923483412338424</v>
       </c>
       <c r="D14" s="12">
-        <v>8.41</v>
+        <v>8.0067746602921286</v>
       </c>
       <c r="E14" s="10">
-        <v>8.32</v>
+        <v>7.913745158862258</v>
       </c>
       <c r="F14" s="12">
-        <v>8.2100000000000009</v>
+        <v>7.5247258740142042</v>
       </c>
       <c r="G14" s="12">
-        <v>7.92</v>
+        <v>7.2435623567147598</v>
       </c>
       <c r="H14" s="12">
-        <v>7.74</v>
+        <v>6.8665850377153115</v>
       </c>
       <c r="I14" s="12">
-        <v>7.55</v>
+        <v>6.8342571319441072</v>
       </c>
       <c r="J14" s="12">
-        <v>7.44</v>
+        <v>6.74790725363862</v>
       </c>
       <c r="K14" s="12">
-        <v>7.3</v>
+        <v>6.5676227409139916</v>
       </c>
       <c r="L14" s="12">
-        <v>7.12</v>
+        <v>6.6394737856638715</v>
       </c>
       <c r="M14" s="12">
-        <v>6.95</v>
+        <v>6.4534399194187495</v>
       </c>
       <c r="N14" s="13">
-        <v>7.04</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>6.5134543639232767</v>
+      </c>
+    </row>
+    <row r="15" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="52" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="19">
-        <v>-8.5</v>
+        <v>-8.4972358494962119</v>
       </c>
       <c r="D15" s="16">
-        <v>-9.1</v>
+        <v>-8.5430478349317553</v>
       </c>
       <c r="E15" s="14">
-        <v>-9.4700000000000006</v>
+        <v>-8.6384724232192394</v>
       </c>
       <c r="F15" s="16">
-        <v>-10.07</v>
+        <v>-8.82023474723783</v>
       </c>
       <c r="G15" s="16">
-        <v>-9.7899999999999991</v>
+        <v>-8.510691103817237</v>
       </c>
       <c r="H15" s="16">
-        <v>-10</v>
+        <v>-8.4246638712065494</v>
       </c>
       <c r="I15" s="16">
-        <v>-10.07</v>
+        <v>-8.6376530058344709</v>
       </c>
       <c r="J15" s="16">
-        <v>-10.19</v>
+        <v>-8.7807123864101051</v>
       </c>
       <c r="K15" s="16">
-        <v>-10.26</v>
+        <v>-8.7813653814020149</v>
       </c>
       <c r="L15" s="16">
-        <v>-9.7200000000000006</v>
+        <v>-8.4677104768384766</v>
       </c>
       <c r="M15" s="16">
-        <v>-9.61</v>
+        <v>-8.3039730761704966</v>
       </c>
       <c r="N15" s="17">
-        <v>-9.74</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>-8.3880899523707626</v>
+      </c>
+    </row>
+    <row r="16" spans="2:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B16" s="53" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="21">
-        <v>76.5</v>
+        <v>76.271716372704105</v>
       </c>
       <c r="D16" s="20">
-        <v>77.599999999999994</v>
+        <v>79.038218556972723</v>
       </c>
       <c r="E16" s="20">
-        <v>82.4</v>
+        <v>82.701202614782417</v>
       </c>
       <c r="F16" s="20">
-        <v>87.4</v>
+        <v>86.241201122299131</v>
       </c>
       <c r="G16" s="20">
-        <v>91.4</v>
+        <v>90.065051011939644</v>
       </c>
       <c r="H16" s="20">
-        <v>95.5</v>
+        <v>93.447924112529876</v>
       </c>
       <c r="I16" s="20">
-        <v>100</v>
+        <v>97.120758025381861</v>
       </c>
       <c r="J16" s="20">
-        <v>104.8</v>
+        <v>101.13817846297401</v>
       </c>
       <c r="K16" s="20">
-        <v>109.9</v>
+        <v>105.41515304804527</v>
       </c>
       <c r="L16" s="20">
-        <v>114.7</v>
+        <v>109.3630742347631</v>
       </c>
       <c r="M16" s="20">
-        <v>119.7</v>
+        <v>113.45073963771684</v>
       </c>
       <c r="N16" s="22">
-        <v>124.9</v>
+        <v>117.68485567913851</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="D2:N2"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD471048-6991-4F92-919F-A0777E5ECA4C}">
   <dimension ref="A1:Z729"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M15" sqref="M15"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="9" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="51.42578125" style="45" bestFit="1" customWidth="1"/>
     <col min="2" max="5" width="6" style="35" customWidth="1"/>
     <col min="6" max="7" width="5.140625" style="40" customWidth="1"/>
     <col min="8" max="10" width="5.140625" style="40" bestFit="1" customWidth="1"/>
     <col min="11" max="22" width="6" style="40" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="5.7109375" style="40" customWidth="1"/>
     <col min="24" max="24" width="6" style="40" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="9.5703125" style="46" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="9.85546875" style="35" bestFit="1" customWidth="1"/>
     <col min="27" max="234" width="9.140625" style="28"/>
     <col min="235" max="235" width="32.7109375" style="28" customWidth="1"/>
     <col min="236" max="256" width="6.42578125" style="28" customWidth="1"/>
     <col min="257" max="257" width="9.140625" style="28"/>
     <col min="258" max="268" width="9.85546875" style="28" bestFit="1" customWidth="1"/>
     <col min="269" max="490" width="9.140625" style="28"/>
     <col min="491" max="491" width="32.7109375" style="28" customWidth="1"/>
     <col min="492" max="512" width="6.42578125" style="28" customWidth="1"/>
     <col min="513" max="513" width="9.140625" style="28"/>
     <col min="514" max="524" width="9.85546875" style="28" bestFit="1" customWidth="1"/>
     <col min="525" max="746" width="9.140625" style="28"/>
     <col min="747" max="747" width="32.7109375" style="28" customWidth="1"/>
     <col min="748" max="768" width="6.42578125" style="28" customWidth="1"/>
@@ -2692,1127 +2696,1127 @@
       <c r="Q3" s="69">
         <v>2028</v>
       </c>
       <c r="R3" s="69">
         <v>2029</v>
       </c>
       <c r="S3" s="69">
         <v>2030</v>
       </c>
       <c r="T3" s="69">
         <v>2031</v>
       </c>
       <c r="U3" s="69">
         <v>2032</v>
       </c>
       <c r="V3" s="69">
         <v>2033</v>
       </c>
       <c r="W3" s="69">
         <v>2034</v>
       </c>
       <c r="X3" s="69">
         <v>2035</v>
       </c>
       <c r="Y3" s="68" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A4" s="30" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="31">
         <v>5331.618999627085</v>
       </c>
       <c r="C4" s="31">
         <v>5778.9530000085933</v>
       </c>
       <c r="D4" s="31">
         <v>5995.7869997263051</v>
       </c>
       <c r="E4" s="31">
         <v>6269.3280006591795</v>
       </c>
       <c r="F4" s="31">
         <v>6585.4790001397814</v>
       </c>
       <c r="G4" s="31">
         <v>7004.1409998933686</v>
       </c>
       <c r="H4" s="31">
         <v>7389.1309994532821</v>
       </c>
       <c r="I4" s="31">
         <v>7609.5970005758245</v>
       </c>
       <c r="J4" s="31">
         <v>9012.1419992844803</v>
       </c>
       <c r="K4" s="31">
         <v>10079.676679176029</v>
       </c>
       <c r="L4" s="31">
         <v>10943.344667905043</v>
       </c>
       <c r="M4" s="31">
-        <v>11744.710041818669</v>
+        <v>11779.25058162827</v>
       </c>
       <c r="N4" s="70">
-        <v>12671.531579172894</v>
+        <v>12695.723221601967</v>
       </c>
       <c r="O4" s="70">
-        <v>13478.717607746741</v>
+        <v>13432.12847638657</v>
       </c>
       <c r="P4" s="70">
-        <v>14364.677208657386</v>
+        <v>14244.759684970266</v>
       </c>
       <c r="Q4" s="70">
-        <v>15277.440002072115</v>
+        <v>15108.961860168065</v>
       </c>
       <c r="R4" s="70">
-        <v>16164.826172145102</v>
+        <v>15988.302698496949</v>
       </c>
       <c r="S4" s="70">
-        <v>17108.748173534557</v>
+        <v>16923.411917269001</v>
       </c>
       <c r="T4" s="70">
-        <v>18106.073641522256</v>
+        <v>17911.276670832704</v>
       </c>
       <c r="U4" s="70">
-        <v>19162.314974741123</v>
+        <v>18957.444480873739</v>
       </c>
       <c r="V4" s="70">
-        <v>20286.004813664433</v>
+        <v>20070.463800946138</v>
       </c>
       <c r="W4" s="70">
-        <v>21469.53105893809</v>
+        <v>21241.582853168373</v>
       </c>
       <c r="X4" s="70">
-        <v>22715.741597608452</v>
+        <v>22473.51871528327</v>
       </c>
       <c r="Y4" s="71">
-        <v>18295.03973809817</v>
+        <v>18584.37037462978</v>
       </c>
     </row>
     <row r="5" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A5" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="31"/>
       <c r="C5" s="32">
         <v>8.3902094356854251E-2</v>
       </c>
       <c r="D5" s="32">
         <v>3.752132950681375E-2</v>
       </c>
       <c r="E5" s="32">
         <v>4.5622201213178615E-2</v>
       </c>
       <c r="F5" s="32">
         <v>5.0428211675535461E-2</v>
       </c>
       <c r="G5" s="32">
         <v>6.3573507674187457E-2</v>
       </c>
       <c r="H5" s="32">
         <v>5.4966055018848881E-2</v>
       </c>
       <c r="I5" s="32">
         <v>2.9836526262540852E-2</v>
       </c>
       <c r="J5" s="32">
         <v>0.18431265132733365</v>
       </c>
       <c r="K5" s="32">
         <v>0.11845515527566097</v>
       </c>
       <c r="L5" s="32">
         <v>8.5684096446595026E-2</v>
       </c>
       <c r="M5" s="32">
-        <v>7.3228560210105931E-2</v>
+        <v>7.6384865787403777E-2</v>
       </c>
       <c r="N5" s="72">
-        <v>7.8913956500769045E-2</v>
+        <v>7.7803985374340412E-2</v>
       </c>
       <c r="O5" s="72">
-        <v>6.3700747106257394E-2</v>
+        <v>5.8004198888929492E-2</v>
       </c>
       <c r="P5" s="72">
-        <v>6.5730259116152823E-2</v>
+        <v>6.0499064613049658E-2</v>
       </c>
       <c r="Q5" s="72">
-        <v>6.354217224349612E-2</v>
+        <v>6.0668076844400787E-2</v>
       </c>
       <c r="R5" s="72">
-        <v>5.8084742597753758E-2</v>
+        <v>5.819995089451524E-2</v>
       </c>
       <c r="S5" s="72">
-        <v>5.8393575738909131E-2</v>
+        <v>5.8487084989950811E-2</v>
       </c>
       <c r="T5" s="72">
-        <v>5.8293304563945769E-2</v>
+        <v>5.8372670853426678E-2</v>
       </c>
       <c r="U5" s="72">
-        <v>5.8336299417042659E-2</v>
+        <v>5.8408332876943803E-2</v>
       </c>
       <c r="V5" s="72">
-        <v>5.8640609989163872E-2</v>
+        <v>5.8711464047558115E-2</v>
       </c>
       <c r="W5" s="72">
-        <v>5.8342007514286198E-2</v>
+        <v>5.835037315714775E-2</v>
       </c>
       <c r="X5" s="72">
-        <v>5.8045540689699804E-2</v>
+        <v>5.7996424778257172E-2</v>
       </c>
       <c r="Y5" s="73">
-        <v>5.9708658468814679E-2</v>
+        <v>5.8649004901762058E-2</v>
       </c>
     </row>
     <row r="6" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A6" s="30" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="32">
         <v>3.0048226753653706E-2</v>
       </c>
       <c r="C6" s="32">
         <v>5.0395574468800053E-3</v>
       </c>
       <c r="D6" s="32">
         <v>-3.5457633973564162E-2</v>
       </c>
       <c r="E6" s="32">
         <v>-3.27591689005996E-2</v>
       </c>
       <c r="F6" s="32">
         <v>1.3228690438595647E-2</v>
       </c>
       <c r="G6" s="32">
         <v>1.7836667578435605E-2</v>
       </c>
       <c r="H6" s="32">
         <v>1.2207778175691075E-2</v>
       </c>
       <c r="I6" s="32">
         <v>-3.276758782728828E-2</v>
       </c>
       <c r="J6" s="32">
         <v>4.7626043674215746E-2</v>
       </c>
       <c r="K6" s="32">
         <v>3.0166943540810065E-2</v>
       </c>
       <c r="L6" s="32">
         <v>3.2416553281358729E-2</v>
       </c>
       <c r="M6" s="32">
-        <v>3.3958664556433149E-2</v>
+        <v>3.419315165977399E-2</v>
       </c>
       <c r="N6" s="72">
-        <v>2.3686206776874476E-2</v>
+        <v>2.3280555032131819E-2</v>
       </c>
       <c r="O6" s="72">
-        <v>1.6999096595366126E-2</v>
+        <v>1.696889983507056E-2</v>
       </c>
       <c r="P6" s="72">
-        <v>2.0298205855246811E-2</v>
+        <v>1.9652026263630041E-2</v>
       </c>
       <c r="Q6" s="72">
-        <v>2.2082857893299536E-2</v>
+        <v>2.2223257786138408E-2</v>
       </c>
       <c r="R6" s="72">
-        <v>2.2304099128264587E-2</v>
+        <v>2.2415411492285164E-2</v>
       </c>
       <c r="S6" s="72">
-        <v>2.2602488636627217E-2</v>
+        <v>2.2692835739082939E-2</v>
       </c>
       <c r="T6" s="72">
-        <v>2.2505608274343517E-2</v>
+        <v>2.2582290679639395E-2</v>
       </c>
       <c r="U6" s="72">
-        <v>2.2547149195210503E-2</v>
+        <v>2.2616746741008512E-2</v>
       </c>
       <c r="V6" s="72">
-        <v>2.2841169071656141E-2</v>
+        <v>2.2909627099090033E-2</v>
       </c>
       <c r="W6" s="72">
-        <v>2.2552664265010923E-2</v>
+        <v>2.2560747011737159E-2</v>
       </c>
       <c r="X6" s="72">
-        <v>2.2266222888598738E-2</v>
+        <v>2.2218767901697786E-2</v>
       </c>
       <c r="Y6" s="73">
-        <v>2.2222026244766102E-2</v>
+        <v>2.252743697074755E-2</v>
       </c>
     </row>
     <row r="7" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A7" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="32">
         <v>7.5045645273920991E-2</v>
       </c>
       <c r="C7" s="32">
         <v>7.8467097464611335E-2</v>
       </c>
       <c r="D7" s="32">
         <v>7.5661750122003157E-2</v>
       </c>
       <c r="E7" s="32">
         <v>8.1036043551518722E-2</v>
       </c>
       <c r="F7" s="32">
         <v>3.6713845144709989E-2</v>
       </c>
       <c r="G7" s="32">
         <v>4.4935343314527643E-2</v>
       </c>
       <c r="H7" s="32">
         <v>4.2242588690852845E-2</v>
       </c>
       <c r="I7" s="32">
         <v>6.4724996083620034E-2</v>
       </c>
       <c r="J7" s="32">
         <v>0.13047270872890193</v>
       </c>
       <c r="K7" s="32">
         <v>8.5702819614259296E-2</v>
       </c>
       <c r="L7" s="32">
         <v>5.1595010750200121E-2</v>
       </c>
       <c r="M7" s="32">
-        <v>3.7980140792687855E-2</v>
+        <v>4.0796744843955235E-2</v>
       </c>
       <c r="N7" s="72">
-        <v>5.3949881671046418E-2</v>
+        <v>5.3282973153434665E-2</v>
       </c>
       <c r="O7" s="72">
-        <v>4.5921034411176676E-2</v>
+        <v>4.0350593868223705E-2</v>
       </c>
       <c r="P7" s="72">
-        <v>4.4528210478252783E-2</v>
+        <v>4.0059782452547155E-2</v>
       </c>
       <c r="Q7" s="72">
-        <v>4.0563555126687044E-2</v>
+        <v>3.7609024022329317E-2</v>
       </c>
       <c r="R7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="S7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="T7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="U7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="V7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="W7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="X7" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="Y7" s="73">
-        <v>3.667171246716272E-2</v>
+        <v>3.5325768898705645E-2</v>
       </c>
     </row>
     <row r="8" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A8" s="33" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="32">
         <v>5.910683255331084E-2</v>
       </c>
       <c r="C8" s="32">
         <v>6.407616596391974E-2</v>
       </c>
       <c r="D8" s="32">
         <v>0.10673497995621717</v>
       </c>
       <c r="E8" s="32">
         <v>6.2880550542244729E-2</v>
       </c>
       <c r="F8" s="32">
         <v>2.9473499083459087E-2</v>
       </c>
       <c r="G8" s="32">
         <v>3.7454821218273482E-2</v>
       </c>
       <c r="H8" s="32">
         <v>4.3060399841131858E-2</v>
       </c>
       <c r="I8" s="32">
         <v>4.517341500509886E-2</v>
       </c>
       <c r="J8" s="32">
         <v>0.10061054893257904</v>
       </c>
       <c r="K8" s="32">
         <v>5.784841959607756E-2</v>
       </c>
       <c r="L8" s="32">
         <v>4.6211139305667892E-2</v>
       </c>
       <c r="M8" s="32">
         <v>4.8312957918595911E-2</v>
       </c>
       <c r="N8" s="72">
-        <v>5.2761055357300052E-2</v>
+        <v>4.3299999999999998E-2</v>
       </c>
       <c r="O8" s="72">
-        <v>4.3107098140734851E-2</v>
+        <v>3.8885808626424226E-2</v>
       </c>
       <c r="P8" s="72">
-        <v>4.1127110253374087E-2</v>
+        <v>3.5218048044658647E-2</v>
       </c>
       <c r="Q8" s="72">
-        <v>3.5563555126687046E-2</v>
+        <v>3.2609024022329319E-2</v>
       </c>
       <c r="R8" s="72">
         <v>0.03</v>
       </c>
       <c r="S8" s="72">
         <v>0.03</v>
       </c>
       <c r="T8" s="72">
         <v>0.03</v>
       </c>
       <c r="U8" s="72">
         <v>0.03</v>
       </c>
       <c r="V8" s="72">
         <v>0.03</v>
       </c>
       <c r="W8" s="72">
         <v>0.03</v>
       </c>
       <c r="X8" s="72">
         <v>0.03</v>
       </c>
       <c r="Y8" s="73">
-        <v>3.1847880029272302E-2</v>
+        <v>3.0325767158236205E-2</v>
       </c>
     </row>
     <row r="9" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A9" s="33" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="32">
         <v>5.562748E-2</v>
       </c>
       <c r="C9" s="32">
         <v>6.228322E-2</v>
       </c>
       <c r="D9" s="32">
         <v>0.1127607123</v>
       </c>
       <c r="E9" s="32">
         <v>6.5799493070161086E-2</v>
       </c>
       <c r="F9" s="32">
         <v>2.0669309643449818E-2</v>
       </c>
       <c r="G9" s="32">
         <v>3.433953867841999E-2</v>
       </c>
       <c r="H9" s="32">
         <v>4.4815886633540858E-2</v>
       </c>
       <c r="I9" s="32">
         <v>5.4473252805245398E-2</v>
       </c>
       <c r="J9" s="32">
         <v>0.10160177672892501</v>
       </c>
       <c r="K9" s="32">
         <v>5.9323562773913263E-2</v>
       </c>
       <c r="L9" s="32">
         <v>3.7069875375087769E-2</v>
       </c>
       <c r="M9" s="32">
         <v>4.76793809251288E-2</v>
       </c>
       <c r="N9" s="72">
-        <v>5.1811810797219436E-2</v>
+        <v>4.138936021182181E-2</v>
       </c>
       <c r="O9" s="72">
-        <v>4.1176856424443485E-2</v>
+        <v>3.6526616075134799E-2</v>
       </c>
       <c r="P9" s="72">
-        <v>3.8995669956722358E-2</v>
+        <v>3.2486152091058706E-2</v>
       </c>
       <c r="Q9" s="72">
-        <v>3.5563555126687046E-2</v>
+        <v>3.2609024022329319E-2</v>
       </c>
       <c r="R9" s="72">
         <v>0.03</v>
       </c>
       <c r="S9" s="72">
         <v>0.03</v>
       </c>
       <c r="T9" s="72">
         <v>0.03</v>
       </c>
       <c r="U9" s="72">
         <v>0.03</v>
       </c>
       <c r="V9" s="72">
         <v>0.03</v>
       </c>
       <c r="W9" s="72">
         <v>0.03</v>
       </c>
       <c r="X9" s="72">
         <v>0.03</v>
       </c>
       <c r="Y9" s="73">
-        <v>3.1612950249253924E-2</v>
+        <v>3.0325767158236205E-2</v>
       </c>
     </row>
     <row r="10" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A10" s="34" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="32">
-        <v>7.2173485429496698E-2</v>
+        <v>7.1974227054933962E-2</v>
       </c>
       <c r="C10" s="32">
-        <v>6.9056877048580531E-2</v>
+        <v>6.8856763407084257E-2</v>
       </c>
       <c r="D10" s="32">
-        <v>8.6493516144614133E-2</v>
+        <v>8.6258518350193145E-2</v>
       </c>
       <c r="E10" s="32">
-        <v>0.11645521959281871</v>
+        <v>0.11622244939281252</v>
       </c>
       <c r="F10" s="32">
-        <v>0.12843783056063082</v>
+        <v>0.12828791303438092</v>
       </c>
       <c r="G10" s="32">
-        <v>0.12383710433039066</v>
+        <v>0.12368701971849992</v>
       </c>
       <c r="H10" s="32">
-        <v>0.11989841174987628</v>
+        <v>0.11984417149676505</v>
       </c>
       <c r="I10" s="32">
-        <v>0.13736062061029325</v>
+        <v>0.13721510295172024</v>
       </c>
       <c r="J10" s="32">
-        <v>0.13203784733198176</v>
+        <v>0.13209378896272894</v>
       </c>
       <c r="K10" s="32">
-        <v>9.2681448441158235E-2</v>
+        <v>9.2647027624621958E-2</v>
       </c>
       <c r="L10" s="32">
-        <v>7.9799275057055696E-2</v>
+        <v>7.9727704958648435E-2</v>
       </c>
       <c r="M10" s="32">
-        <v>6.8330340785839938E-2</v>
+        <v>6.8255262601552361E-2</v>
       </c>
       <c r="N10" s="72">
-        <v>6.7407895578697363E-2</v>
+        <v>5.9002583977933148E-2</v>
       </c>
       <c r="O10" s="72">
-        <v>7.1551119393021181E-2</v>
+        <v>6.2575088366653972E-2</v>
       </c>
       <c r="P10" s="72">
-        <v>7.1551119393021181E-2</v>
+        <v>6.7213851371342809E-2</v>
       </c>
       <c r="Q10" s="72">
-        <v>7.1551119393021209E-2</v>
+        <v>6.9523890168649516E-2</v>
       </c>
       <c r="R10" s="72">
-        <v>7.1551119393021251E-2</v>
+        <v>6.9523890168649585E-2</v>
       </c>
       <c r="S10" s="72">
-        <v>7.1551119393021181E-2</v>
+        <v>6.9523890168649682E-2</v>
       </c>
       <c r="T10" s="72">
-        <v>7.1551119393021195E-2</v>
+        <v>6.9523890168649682E-2</v>
       </c>
       <c r="U10" s="72">
-        <v>7.1551119393021181E-2</v>
+        <v>6.9523890168649766E-2</v>
       </c>
       <c r="V10" s="72">
-        <v>7.1551119393021223E-2</v>
+        <v>6.9523890168649793E-2</v>
       </c>
       <c r="W10" s="72">
-        <v>7.1551119393021265E-2</v>
+        <v>6.9523890168649807E-2</v>
       </c>
       <c r="X10" s="72">
-        <v>7.1551119393021279E-2</v>
+        <v>6.9523890168649877E-2</v>
       </c>
       <c r="Y10" s="73">
-        <v>7.1551119393021168E-2</v>
+        <v>6.9523890168649682E-2</v>
       </c>
     </row>
     <row r="11" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A11" s="34" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="32">
-        <v>1.554503850004596E-2</v>
+        <v>1.4512959199099562E-2</v>
       </c>
       <c r="C11" s="32">
-        <v>1.3176069972126392E-2</v>
+        <v>1.1879729125618743E-2</v>
       </c>
       <c r="D11" s="32">
-        <v>-4.4722355485804499E-4</v>
+        <v>-2.1026106734081118E-3</v>
       </c>
       <c r="E11" s="32">
-        <v>-2.0071696250860915E-2</v>
+        <v>-2.1868406956787934E-2</v>
       </c>
       <c r="F11" s="32">
-        <v>3.2071858673514697E-3</v>
+        <v>1.0365618556413825E-3</v>
       </c>
       <c r="G11" s="32">
-        <v>1.7294881873474388E-2</v>
+        <v>1.5007605677044733E-2</v>
       </c>
       <c r="H11" s="32">
-        <v>2.2307181301771895E-2</v>
+        <v>2.0112082098212136E-2</v>
       </c>
       <c r="I11" s="32">
-        <v>-7.7452311740117574E-2</v>
+        <v>-7.8765203139825712E-2</v>
       </c>
       <c r="J11" s="32">
-        <v>4.9906563551159966E-2</v>
+        <v>4.8973536675288809E-2</v>
       </c>
       <c r="K11" s="32">
-        <v>7.3917889093044975E-2</v>
+        <v>7.3716920553539289E-2</v>
       </c>
       <c r="L11" s="32">
-        <v>1.3705336539319601E-2</v>
+        <v>1.3239114621220072E-2</v>
       </c>
       <c r="M11" s="32">
-        <v>2.8478863461432136E-2</v>
+        <v>2.8324478995733537E-2</v>
       </c>
       <c r="N11" s="72">
-        <v>1.1000000000000001E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="O11" s="72">
-        <v>8.4995482976830631E-3</v>
+        <v>7.6360049257817534E-3</v>
       </c>
       <c r="P11" s="72">
-        <v>1.0758049103280811E-2</v>
+        <v>5.4255279756728657E-3</v>
       </c>
       <c r="Q11" s="72">
-        <v>1.1703914683448804E-2</v>
+        <v>6.9918640718564266E-3</v>
       </c>
       <c r="R11" s="72">
-        <v>1.1821172537980231E-2</v>
+        <v>8.9844397997291825E-3</v>
       </c>
       <c r="S11" s="72">
-        <v>1.1979318977412425E-2</v>
+        <v>8.7106963916210312E-3</v>
       </c>
       <c r="T11" s="72">
-        <v>1.192797238540211E-2</v>
+        <v>7.852954873327711E-3</v>
       </c>
       <c r="U11" s="72">
-        <v>1.1949989073461519E-2</v>
+        <v>7.2799285693552207E-3</v>
       </c>
       <c r="V11" s="72">
-        <v>1.2105819607977804E-2</v>
+        <v>7.1656492128229221E-3</v>
       </c>
       <c r="W11" s="72">
-        <v>1.1952912060455791E-2</v>
+        <v>6.7092730943429935E-3</v>
       </c>
       <c r="X11" s="72">
-        <v>1.1801098130957286E-2</v>
+        <v>6.273981592285427E-3</v>
       </c>
       <c r="Y11" s="73">
-        <v>1.1777734917041593E-2</v>
+        <v>7.4957052203221686E-3</v>
       </c>
     </row>
     <row r="12" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A12" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="32">
-        <v>3.3206741784626903E-2</v>
+        <v>3.1815607045558858E-2</v>
       </c>
       <c r="C12" s="32">
-        <v>3.8935395537965434E-2</v>
+        <v>3.7300394309740081E-2</v>
       </c>
       <c r="D12" s="32">
-        <v>7.125999874689315E-3</v>
+        <v>5.2252221979536273E-3</v>
       </c>
       <c r="E12" s="32">
-        <v>-1.4296319952221137E-2</v>
+        <v>-1.6463312719371515E-2</v>
       </c>
       <c r="F12" s="32">
-        <v>-1.8168506799515316E-2</v>
+        <v>-2.0503016399014307E-2</v>
       </c>
       <c r="G12" s="32">
-        <v>6.325370908436323E-3</v>
+        <v>3.7561699211463573E-3</v>
       </c>
       <c r="H12" s="32">
-        <v>1.3571982182248643E-2</v>
+        <v>1.122202056866306E-2</v>
       </c>
       <c r="I12" s="32">
-        <v>-5.1409820637034698E-2</v>
+        <v>-5.2765397385659996E-2</v>
       </c>
       <c r="J12" s="32">
-        <v>2.6229885770220562E-2</v>
+        <v>2.516364489396361E-2</v>
       </c>
       <c r="K12" s="32">
-        <v>7.8219210600142475E-2</v>
+        <v>7.8236456366860718E-2</v>
       </c>
       <c r="L12" s="32">
-        <v>2.8160500844614855E-2</v>
+        <v>2.8009272485368886E-2</v>
       </c>
       <c r="M12" s="32">
-        <v>3.7632420100212949E-2</v>
+        <v>3.7766635303645657E-2</v>
       </c>
       <c r="N12" s="72">
-        <v>1.1373380150665505E-2</v>
+        <v>1.7577042051028509E-2</v>
       </c>
       <c r="O12" s="72">
-        <v>8.788053990771939E-3</v>
+        <v>7.8951988048427471E-3</v>
       </c>
       <c r="P12" s="72">
-        <v>1.1123216557376255E-2</v>
+        <v>5.6096901986725607E-3</v>
       </c>
       <c r="Q12" s="72">
-        <v>1.2101188267801741E-2</v>
+        <v>7.2291934591821065E-3</v>
       </c>
       <c r="R12" s="72">
-        <v>1.222242628191423E-2</v>
+        <v>9.2894044802808214E-3</v>
       </c>
       <c r="S12" s="72">
-        <v>1.2385940788744823E-2</v>
+        <v>9.0063692217214782E-3</v>
       </c>
       <c r="T12" s="72">
-        <v>1.2332851305983512E-2</v>
+        <v>8.119512825488848E-3</v>
       </c>
       <c r="U12" s="72">
-        <v>1.2355615320797901E-2</v>
+        <v>7.5270359171788533E-3</v>
       </c>
       <c r="V12" s="72">
-        <v>1.2516735312446545E-2</v>
+        <v>7.4088775021592833E-3</v>
       </c>
       <c r="W12" s="72">
-        <v>1.2358637524639837E-2</v>
+        <v>6.9370103124177023E-3</v>
       </c>
       <c r="X12" s="72">
-        <v>1.2201670476244125E-2</v>
+        <v>6.486943427939984E-3</v>
       </c>
       <c r="Y12" s="73">
-        <v>1.2177511792229589E-2</v>
+        <v>7.750123124571795E-3</v>
       </c>
     </row>
     <row r="13" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A13" s="34" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="32">
-        <v>4.6061320528671512E-2</v>
+        <v>4.4573122739037574E-2</v>
       </c>
       <c r="C13" s="32">
-        <v>3.7012943581304913E-2</v>
+        <v>3.5059215406058275E-2</v>
       </c>
       <c r="D13" s="32">
-        <v>-1.1939997844191641E-2</v>
+        <v>-1.4009087401270937E-2</v>
       </c>
       <c r="E13" s="32">
-        <v>-3.3674859967522508E-2</v>
+        <v>-3.5895251532980121E-2</v>
       </c>
       <c r="F13" s="32">
-        <v>1.9720483818580048E-2</v>
+        <v>1.6773130591657193E-2</v>
       </c>
       <c r="G13" s="32">
-        <v>3.2997448192499945E-2</v>
+        <v>3.0211023633452072E-2</v>
       </c>
       <c r="H13" s="32">
-        <v>2.7225944061718632E-2</v>
+        <v>2.4428049727776679E-2</v>
       </c>
       <c r="I13" s="32">
-        <v>-3.6933494566918523E-2</v>
+        <v>-3.9135864735691861E-2</v>
       </c>
       <c r="J13" s="32">
-        <v>-2.3806288966381373E-2</v>
+        <v>-2.6030833504432249E-2</v>
       </c>
       <c r="K13" s="32">
-        <v>6.9125333614718842E-2</v>
+        <v>6.7862151138811333E-2</v>
       </c>
       <c r="L13" s="32">
-        <v>6.9088829954233377E-2</v>
+        <v>6.7510606467649392E-2</v>
       </c>
       <c r="M13" s="32">
-        <v>7.5988807128293034E-2</v>
+        <v>7.5235558357125587E-2</v>
       </c>
       <c r="N13" s="72">
-        <v>3.4252999999999867E-2</v>
+        <v>5.2594999999999725E-2</v>
       </c>
       <c r="O13" s="72">
-        <v>2.564404061874348E-2</v>
+        <v>3.6227890625789128E-2</v>
       </c>
       <c r="P13" s="72">
-        <v>2.0298205855246776E-2</v>
+        <v>2.7293960390441629E-2</v>
       </c>
       <c r="Q13" s="72">
-        <v>2.2082857893299668E-2</v>
+        <v>2.2223257786138317E-2</v>
       </c>
       <c r="R13" s="72">
-        <v>2.2304099128264587E-2</v>
+        <v>2.2415411492285209E-2</v>
       </c>
       <c r="S13" s="72">
-        <v>2.2602488636627172E-2</v>
+        <v>2.2692835739082984E-2</v>
       </c>
       <c r="T13" s="72">
-        <v>2.2505608274343558E-2</v>
+        <v>2.258229067963935E-2</v>
       </c>
       <c r="U13" s="72">
-        <v>2.2547149195210503E-2</v>
+        <v>2.2616746741008553E-2</v>
       </c>
       <c r="V13" s="72">
-        <v>2.2841169071656342E-2</v>
+        <v>2.2909627099090057E-2</v>
       </c>
       <c r="W13" s="72">
-        <v>2.2552664265010902E-2</v>
+        <v>2.256074701173727E-2</v>
       </c>
       <c r="X13" s="72">
-        <v>2.2266222888598586E-2</v>
+        <v>2.2218767901697856E-2</v>
       </c>
       <c r="Y13" s="73">
-        <v>2.2222026244766324E-2</v>
+        <v>2.252743697074755E-2</v>
       </c>
     </row>
     <row r="14" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A14" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="36">
-        <v>0</v>
+        <v>2.3426</v>
       </c>
       <c r="C14" s="36">
         <v>2.6562000000000001</v>
       </c>
       <c r="D14" s="36">
         <v>3.9047999999999998</v>
       </c>
       <c r="E14" s="36">
         <v>3.2591000000000001</v>
       </c>
       <c r="F14" s="36">
         <v>3.3079999999999998</v>
       </c>
       <c r="G14" s="36">
         <v>3.8748</v>
       </c>
       <c r="H14" s="36">
         <v>4.0307000000000004</v>
       </c>
       <c r="I14" s="36">
         <v>5.1966999999999999</v>
       </c>
       <c r="J14" s="36">
         <v>5.5804999999999998</v>
       </c>
       <c r="K14" s="36">
         <v>5.2176999999999998</v>
       </c>
       <c r="L14" s="36">
         <v>4.8413000000000004</v>
       </c>
       <c r="M14" s="36">
         <v>6.1923000000000004</v>
       </c>
       <c r="N14" s="74">
-        <v>5.7786725643416981</v>
+        <v>5.4</v>
       </c>
       <c r="O14" s="74">
-        <v>5.9143488947016651</v>
+        <v>5.4540000000000006</v>
       </c>
       <c r="P14" s="74">
-        <v>6.0419455161999798</v>
+        <v>5.5085400000000009</v>
       </c>
       <c r="Q14" s="74">
-        <v>6.1359796683137979</v>
+        <v>5.5779973131879625</v>
       </c>
       <c r="R14" s="74">
-        <v>6.1973394649969356</v>
+        <v>5.6337772863198419</v>
       </c>
       <c r="S14" s="74">
-        <v>6.2593128596469052</v>
+        <v>5.6901150591830403</v>
       </c>
       <c r="T14" s="74">
-        <v>6.3219059882433744</v>
+        <v>5.7470162097748707</v>
       </c>
       <c r="U14" s="74">
-        <v>6.3851250481258077</v>
+        <v>5.8044863718726196</v>
       </c>
       <c r="V14" s="74">
-        <v>6.4489762986070662</v>
+        <v>5.8625312355913461</v>
       </c>
       <c r="W14" s="74">
-        <v>6.513466061593137</v>
+        <v>5.9211565479472599</v>
       </c>
       <c r="X14" s="74">
-        <v>6.5786007222090683</v>
+        <v>5.9803681134267324</v>
       </c>
       <c r="Y14" s="75">
-        <v>6.3202946253262304</v>
+        <v>5.7771810171629596</v>
       </c>
     </row>
     <row r="15" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A15" s="30" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="23">
         <v>3.8610993895774826E-2</v>
       </c>
       <c r="C15" s="23">
         <v>5.0206776305044665E-2</v>
       </c>
       <c r="D15" s="23">
         <v>3.2315794378522167E-2</v>
       </c>
       <c r="E15" s="23">
         <v>7.0204925115702865E-2</v>
       </c>
       <c r="F15" s="23">
         <v>3.936624007574907E-2</v>
       </c>
       <c r="G15" s="23">
         <v>2.6550726083069742E-2</v>
       </c>
       <c r="H15" s="23">
         <v>1.8595281339062186E-3</v>
       </c>
       <c r="I15" s="23">
         <v>-2.4085395441268531E-2</v>
       </c>
       <c r="J15" s="23">
         <v>-7.3691361039970316E-3</v>
       </c>
       <c r="K15" s="23">
         <v>7.5295835328029304E-2</v>
       </c>
       <c r="L15" s="23">
         <v>6.8140032175191489E-2</v>
       </c>
       <c r="M15" s="23">
         <v>7.076802926170167E-2</v>
       </c>
       <c r="N15" s="72">
-        <v>8.9990928293359085E-2</v>
+        <v>0.10227163807150386</v>
       </c>
       <c r="O15" s="72">
-        <v>7.8508622945077766E-2</v>
+        <v>7.8078062766900214E-2</v>
       </c>
       <c r="P15" s="72">
-        <v>6.6152239307133875E-2</v>
+        <v>6.7407974664996262E-2</v>
       </c>
       <c r="Q15" s="72">
-        <v>5.7395265195521183E-2</v>
+        <v>5.7999663555502234E-2</v>
       </c>
       <c r="R15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="S15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="T15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="U15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="V15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="W15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="X15" s="72">
         <v>4.8543689320388328E-2</v>
       </c>
       <c r="Y15" s="73">
-        <v>5.1467397346123267E-2</v>
+        <v>4.972104869318561E-2</v>
       </c>
     </row>
     <row r="16" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="23">
         <v>4.2719728404375656E-2</v>
       </c>
       <c r="C16" s="23">
         <v>5.9309968541931157E-2</v>
       </c>
       <c r="D16" s="23">
         <v>8.3236296567023471E-2</v>
       </c>
       <c r="E16" s="23">
         <v>6.414117326429114E-2</v>
       </c>
       <c r="F16" s="23">
         <v>2.8231626349517924E-2</v>
       </c>
       <c r="G16" s="23">
         <v>2.6196667629779569E-2</v>
       </c>
       <c r="H16" s="23">
         <v>7.905138339920903E-3</v>
       </c>
       <c r="I16" s="23">
         <v>-7.0490536886829158E-3</v>
       </c>
       <c r="J16" s="23">
         <v>6.3910783386279757E-2</v>
       </c>
       <c r="K16" s="23">
         <v>7.7203885265393124E-2</v>
       </c>
       <c r="L16" s="23">
         <v>5.9446450060168354E-2</v>
       </c>
       <c r="M16" s="23">
         <v>9.9472798076803759E-2</v>
       </c>
       <c r="N16" s="72">
-        <v>8.0775248919684683E-2</v>
+        <v>8.0444006593272777E-2</v>
       </c>
       <c r="O16" s="72">
-        <v>7.0459799152973845E-2</v>
+        <v>6.980955444953052E-2</v>
       </c>
       <c r="P16" s="72">
-        <v>5.9025871864284873E-2</v>
+        <v>6.2387033550537874E-2</v>
       </c>
       <c r="Q16" s="72">
-        <v>5.4512935932142438E-2</v>
+        <v>5.6193516775268938E-2</v>
       </c>
       <c r="R16" s="72">
         <v>0.05</v>
       </c>
       <c r="S16" s="72">
         <v>0.05</v>
       </c>
       <c r="T16" s="72">
         <v>0.05</v>
       </c>
       <c r="U16" s="72">
         <v>0.05</v>
       </c>
       <c r="V16" s="72">
         <v>0.05</v>
       </c>
       <c r="W16" s="72">
         <v>0.05</v>
       </c>
       <c r="X16" s="72">
         <v>0.05</v>
       </c>
       <c r="Y16" s="73">
-        <v>5.1500022052348271E-2</v>
+        <v>5.0772199032870668E-2</v>
       </c>
     </row>
     <row r="17" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A17" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="65">
         <v>0.1</v>
       </c>
       <c r="C17" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="D17" s="65">
         <v>0.14249999999999999</v>
       </c>
       <c r="E17" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="F17" s="65">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G17" s="65">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="H17" s="65">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="I17" s="65">
         <v>0.02</v>
       </c>
       <c r="J17" s="65">
         <v>9.2499999999999999E-2</v>
       </c>
       <c r="K17" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="L17" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="M17" s="65">
         <v>0.1225</v>
       </c>
       <c r="N17" s="76">
-        <v>0.14749999999999999</v>
+        <v>0.15</v>
       </c>
       <c r="O17" s="76">
-        <v>0.125</v>
+        <v>0.12</v>
       </c>
       <c r="P17" s="76">
-        <v>0.11</v>
+        <v>0.105</v>
       </c>
       <c r="Q17" s="76">
-        <v>9.5000000000000001E-2</v>
+        <v>9.2499999999999999E-2</v>
       </c>
       <c r="R17" s="76">
         <v>0.08</v>
       </c>
       <c r="S17" s="76">
         <v>0.08</v>
       </c>
       <c r="T17" s="76">
         <v>0.08</v>
       </c>
       <c r="U17" s="76">
         <v>0.08</v>
       </c>
       <c r="V17" s="76">
         <v>0.08</v>
       </c>
       <c r="W17" s="76">
         <v>0.08</v>
       </c>
       <c r="X17" s="76">
         <v>0.08</v>
       </c>
       <c r="Y17" s="77">
-        <v>8.495440487149386E-2</v>
+        <v>8.1554644796954845E-2</v>
       </c>
     </row>
     <row r="18" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A18" s="1"/>
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
       <c r="D18" s="31"/>
       <c r="E18" s="31"/>
       <c r="F18" s="31"/>
       <c r="G18" s="31"/>
       <c r="H18" s="31"/>
       <c r="I18" s="31"/>
       <c r="J18" s="31"/>
       <c r="K18" s="31"/>
       <c r="L18" s="31"/>
       <c r="M18" s="78"/>
       <c r="N18" s="78"/>
       <c r="O18" s="78"/>
       <c r="P18" s="78"/>
       <c r="Q18" s="78"/>
       <c r="R18" s="78"/>
       <c r="S18" s="78"/>
       <c r="T18" s="78"/>
       <c r="U18" s="78"/>
       <c r="V18" s="78"/>
@@ -3926,1127 +3930,1127 @@
       <c r="Q21" s="69">
         <v>2028</v>
       </c>
       <c r="R21" s="69">
         <v>2029</v>
       </c>
       <c r="S21" s="69">
         <v>2030</v>
       </c>
       <c r="T21" s="69">
         <v>2031</v>
       </c>
       <c r="U21" s="69">
         <v>2032</v>
       </c>
       <c r="V21" s="69">
         <v>2033</v>
       </c>
       <c r="W21" s="69">
         <v>2034</v>
       </c>
       <c r="X21" s="69">
         <v>2035</v>
       </c>
       <c r="Y21" s="68" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A22" s="30" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="31">
         <v>5331.618999627085</v>
       </c>
       <c r="C22" s="31">
         <v>5778.9530000085933</v>
       </c>
       <c r="D22" s="31">
         <v>5995.7869997263051</v>
       </c>
       <c r="E22" s="31">
         <v>6269.3280006591795</v>
       </c>
       <c r="F22" s="31">
         <v>6585.4790001397814</v>
       </c>
       <c r="G22" s="31">
         <v>7004.1409998933686</v>
       </c>
       <c r="H22" s="31">
         <v>7389.1309994532821</v>
       </c>
       <c r="I22" s="31">
         <v>7609.5970005758245</v>
       </c>
       <c r="J22" s="31">
         <v>9012.1419992844803</v>
       </c>
       <c r="K22" s="31">
         <v>10079.676679176029</v>
       </c>
       <c r="L22" s="31">
         <v>10943.344667905043</v>
       </c>
       <c r="M22" s="31">
-        <v>11744.710041818669</v>
+        <v>11779.25058162827</v>
       </c>
       <c r="N22" s="70">
-        <v>12738.960112929804</v>
+        <v>12708.76624217483</v>
       </c>
       <c r="O22" s="70">
-        <v>13582.675991868611</v>
+        <v>13480.638086276751</v>
       </c>
       <c r="P22" s="70">
-        <v>14501.629044849245</v>
+        <v>14368.847752680445</v>
       </c>
       <c r="Q22" s="70">
-        <v>15492.834119489886</v>
+        <v>15358.379748595706</v>
       </c>
       <c r="R22" s="70">
-        <v>16562.950812612071</v>
+        <v>16420.810472669738</v>
       </c>
       <c r="S22" s="70">
-        <v>17719.621630390153</v>
+        <v>17568.776300046156</v>
       </c>
       <c r="T22" s="70">
-        <v>18957.239766446743</v>
+        <v>18798.337751575371</v>
       </c>
       <c r="U22" s="70">
-        <v>20284.03151029599</v>
+        <v>20117.916001282712</v>
       </c>
       <c r="V22" s="70">
-        <v>21711.745206844014</v>
+        <v>21539.46412093566</v>
       </c>
       <c r="W22" s="70">
-        <v>23235.329033056762</v>
+        <v>23056.875584283982</v>
       </c>
       <c r="X22" s="70">
-        <v>24860.775291540387</v>
+        <v>24676.172000913379</v>
       </c>
       <c r="Y22" s="71">
-        <v>19258.461823947251</v>
+        <v>19692.09149753784</v>
       </c>
     </row>
     <row r="23" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="31"/>
       <c r="C23" s="32">
         <v>8.3902094356854251E-2</v>
       </c>
       <c r="D23" s="32">
         <v>3.752132950681375E-2</v>
       </c>
       <c r="E23" s="32">
         <v>4.5622201213178615E-2</v>
       </c>
       <c r="F23" s="32">
         <v>5.0428211675535461E-2</v>
       </c>
       <c r="G23" s="32">
         <v>6.3573507674187457E-2</v>
       </c>
       <c r="H23" s="32">
         <v>5.4966055018848881E-2</v>
       </c>
       <c r="I23" s="32">
         <v>2.9836526262540852E-2</v>
       </c>
       <c r="J23" s="32">
         <v>0.18431265132733365</v>
       </c>
       <c r="K23" s="32">
         <v>0.11845515527566097</v>
       </c>
       <c r="L23" s="32">
         <v>8.5684096446595026E-2</v>
       </c>
       <c r="M23" s="32">
-        <v>7.3228560210105931E-2</v>
+        <v>7.6384865787403777E-2</v>
       </c>
       <c r="N23" s="72">
-        <v>8.465513985198192E-2</v>
+        <v>7.8911273183736919E-2</v>
       </c>
       <c r="O23" s="72">
-        <v>6.6231142217209049E-2</v>
+        <v>6.0735387636638993E-2</v>
       </c>
       <c r="P23" s="72">
-        <v>6.7656259600889612E-2</v>
+        <v>6.5887805956892365E-2</v>
       </c>
       <c r="Q23" s="72">
-        <v>6.8351291539394454E-2</v>
+        <v>6.8866482055296885E-2</v>
       </c>
       <c r="R23" s="72">
-        <v>6.9071719536194065E-2</v>
+        <v>6.9175963966588094E-2</v>
       </c>
       <c r="S23" s="72">
-        <v>6.9834827795136611E-2</v>
+        <v>6.9909206326146611E-2</v>
       </c>
       <c r="T23" s="72">
-        <v>6.9844501303233608E-2</v>
+        <v>6.9985605743411172E-2</v>
       </c>
       <c r="U23" s="72">
-        <v>6.9988656586893683E-2</v>
+        <v>7.0196539031583072E-2</v>
       </c>
       <c r="V23" s="72">
-        <v>7.0386091434699649E-2</v>
+        <v>7.0660804009834211E-2</v>
       </c>
       <c r="W23" s="72">
-        <v>7.0173254692233566E-2</v>
+        <v>7.0447967267367906E-2</v>
       </c>
       <c r="X23" s="72">
-        <v>6.9955809800287927E-2</v>
+        <v>7.0230522375422932E-2</v>
       </c>
       <c r="Y23" s="73">
-        <v>6.9473247318201814E-2</v>
+        <v>6.9933980529598649E-2</v>
       </c>
     </row>
     <row r="24" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A24" s="30" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="32">
         <v>3.0048226753653706E-2</v>
       </c>
       <c r="C24" s="32">
         <v>5.0395574468800053E-3</v>
       </c>
       <c r="D24" s="32">
         <v>-3.5457633973564162E-2</v>
       </c>
       <c r="E24" s="32">
         <v>-3.27591689005996E-2</v>
       </c>
       <c r="F24" s="32">
         <v>1.3228690438595647E-2</v>
       </c>
       <c r="G24" s="32">
         <v>1.7836667578435605E-2</v>
       </c>
       <c r="H24" s="32">
         <v>1.2207778175691075E-2</v>
       </c>
       <c r="I24" s="32">
         <v>-3.276758782728828E-2</v>
       </c>
       <c r="J24" s="32">
         <v>4.7626043674215746E-2</v>
       </c>
       <c r="K24" s="32">
         <v>3.0166943540810065E-2</v>
       </c>
       <c r="L24" s="32">
         <v>3.2416553281358729E-2</v>
       </c>
       <c r="M24" s="32">
-        <v>3.3958664556433149E-2</v>
+        <v>3.419315165977399E-2</v>
       </c>
       <c r="N24" s="72">
-        <v>3.216114459103582E-2</v>
+        <v>2.6280555032131819E-2</v>
       </c>
       <c r="O24" s="72">
-        <v>2.6072780901243656E-2</v>
+        <v>2.6044849328553134E-2</v>
       </c>
       <c r="P24" s="72">
-        <v>2.9925712087059943E-2</v>
+        <v>2.9280186733390643E-2</v>
       </c>
       <c r="Q24" s="72">
-        <v>3.22234700863714E-2</v>
+        <v>3.2359913297662718E-2</v>
       </c>
       <c r="R24" s="72">
-        <v>3.2919535783762513E-2</v>
+        <v>3.3020255040181953E-2</v>
       </c>
       <c r="S24" s="72">
-        <v>3.3656838449407311E-2</v>
+        <v>3.3728701764393014E-2</v>
       </c>
       <c r="T24" s="72">
-        <v>3.3666184834042261E-2</v>
+        <v>3.3802517626484133E-2</v>
       </c>
       <c r="U24" s="72">
-        <v>3.3805465301346642E-2</v>
+        <v>3.4006317904911307E-2</v>
       </c>
       <c r="V24" s="72">
-        <v>3.4189460323381361E-2</v>
+        <v>3.4454883101289385E-2</v>
       </c>
       <c r="W24" s="72">
-        <v>3.3983820958679772E-2</v>
+        <v>3.4249243736587658E-2</v>
       </c>
       <c r="X24" s="72">
-        <v>3.3773729275640568E-2</v>
+        <v>3.4039152053548724E-2</v>
       </c>
       <c r="Y24" s="73">
-        <v>3.3126358702692871E-2</v>
+        <v>3.370742048760933E-2</v>
       </c>
     </row>
     <row r="25" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A25" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="32">
         <v>7.5045645273920991E-2</v>
       </c>
       <c r="C25" s="32">
         <v>7.8467097464611335E-2</v>
       </c>
       <c r="D25" s="32">
         <v>7.5661750122003157E-2</v>
       </c>
       <c r="E25" s="32">
         <v>8.1036043551518722E-2</v>
       </c>
       <c r="F25" s="32">
         <v>3.6713845144709989E-2</v>
       </c>
       <c r="G25" s="32">
         <v>4.4935343314527643E-2</v>
       </c>
       <c r="H25" s="32">
         <v>4.2242588690852845E-2</v>
       </c>
       <c r="I25" s="32">
         <v>6.4724996083620034E-2</v>
       </c>
       <c r="J25" s="32">
         <v>0.13047270872890193</v>
       </c>
       <c r="K25" s="32">
         <v>8.5702819614259296E-2</v>
       </c>
       <c r="L25" s="32">
         <v>5.1595010750200121E-2</v>
       </c>
       <c r="M25" s="32">
-        <v>3.7980140792687855E-2</v>
+        <v>4.0796744843955235E-2</v>
       </c>
       <c r="N25" s="72">
-        <v>5.085833305781462E-2</v>
+        <v>5.1282973153434663E-2</v>
       </c>
       <c r="O25" s="72">
-        <v>3.9137926727470927E-2</v>
+        <v>3.3809962918080368E-2</v>
       </c>
       <c r="P25" s="72">
-        <v>3.6634241742903688E-2</v>
+        <v>3.5566233271897008E-2</v>
       </c>
       <c r="Q25" s="72">
-        <v>3.4999999999999996E-2</v>
+        <v>3.5362249432004243E-2</v>
       </c>
       <c r="R25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="S25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="T25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="U25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="V25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="W25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="X25" s="72">
         <v>3.4999999999999996E-2</v>
       </c>
       <c r="Y25" s="73">
-        <v>3.5181455113728832E-2</v>
+        <v>3.5045274246847224E-2</v>
       </c>
     </row>
     <row r="26" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A26" s="33" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="32">
         <v>5.910683255331084E-2</v>
       </c>
       <c r="C26" s="32">
         <v>6.407616596391974E-2</v>
       </c>
       <c r="D26" s="32">
         <v>0.10673497995621717</v>
       </c>
       <c r="E26" s="32">
         <v>6.2880550542244729E-2</v>
       </c>
       <c r="F26" s="32">
         <v>2.9473499083459087E-2</v>
       </c>
       <c r="G26" s="32">
         <v>3.7454821218273482E-2</v>
       </c>
       <c r="H26" s="32">
         <v>4.3060399841131858E-2</v>
       </c>
       <c r="I26" s="32">
         <v>4.517341500509886E-2</v>
       </c>
       <c r="J26" s="32">
         <v>0.10061054893257904</v>
       </c>
       <c r="K26" s="32">
         <v>5.784841959607756E-2</v>
       </c>
       <c r="L26" s="32">
         <v>4.6211139305667892E-2</v>
       </c>
       <c r="M26" s="32">
         <v>4.8312957918595911E-2</v>
       </c>
       <c r="N26" s="72">
-        <v>4.9669506744068254E-2</v>
+        <v>4.1299999999999996E-2</v>
       </c>
       <c r="O26" s="72">
-        <v>3.6323990457029103E-2</v>
+        <v>3.2345177676280888E-2</v>
       </c>
       <c r="P26" s="72">
-        <v>3.3233141518024992E-2</v>
+        <v>3.0724498864008496E-2</v>
       </c>
       <c r="Q26" s="72">
-        <v>0.03</v>
+        <v>3.0362249432004246E-2</v>
       </c>
       <c r="R26" s="72">
         <v>0.03</v>
       </c>
       <c r="S26" s="72">
         <v>0.03</v>
       </c>
       <c r="T26" s="72">
         <v>0.03</v>
       </c>
       <c r="U26" s="72">
         <v>0.03</v>
       </c>
       <c r="V26" s="72">
         <v>0.03</v>
       </c>
       <c r="W26" s="72">
         <v>0.03</v>
       </c>
       <c r="X26" s="72">
         <v>0.03</v>
       </c>
       <c r="Y26" s="73">
-        <v>3.0358737762283816E-2</v>
+        <v>3.0045274213203355E-2</v>
       </c>
     </row>
     <row r="27" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A27" s="33" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="32">
         <v>5.562748E-2</v>
       </c>
       <c r="C27" s="32">
         <v>6.228322E-2</v>
       </c>
       <c r="D27" s="32">
         <v>0.1127607123</v>
       </c>
       <c r="E27" s="32">
         <v>6.5799493070161086E-2</v>
       </c>
       <c r="F27" s="32">
         <v>2.0669309643449818E-2</v>
       </c>
       <c r="G27" s="32">
         <v>3.433953867841999E-2</v>
       </c>
       <c r="H27" s="32">
         <v>4.4815886633540858E-2</v>
       </c>
       <c r="I27" s="32">
         <v>5.4473252805245398E-2</v>
       </c>
       <c r="J27" s="32">
         <v>0.10160177672892501</v>
       </c>
       <c r="K27" s="32">
         <v>5.9323562773913263E-2</v>
       </c>
       <c r="L27" s="32">
         <v>3.7069875375087769E-2</v>
       </c>
       <c r="M27" s="32">
         <v>4.76793809251288E-2</v>
       </c>
       <c r="N27" s="72">
-        <v>4.8406111175252724E-2</v>
+        <v>3.9186128079297451E-2</v>
       </c>
       <c r="O27" s="72">
-        <v>3.3704476020886782E-2</v>
+        <v>2.9321351936965237E-2</v>
       </c>
       <c r="P27" s="72">
-        <v>3.0299547171290436E-2</v>
+        <v>2.7535986119115258E-2</v>
       </c>
       <c r="Q27" s="72">
-        <v>0.03</v>
+        <v>3.0362249432004246E-2</v>
       </c>
       <c r="R27" s="72">
         <v>0.03</v>
       </c>
       <c r="S27" s="72">
         <v>0.03</v>
       </c>
       <c r="T27" s="72">
         <v>0.03</v>
       </c>
       <c r="U27" s="72">
         <v>0.03</v>
       </c>
       <c r="V27" s="72">
         <v>0.03</v>
       </c>
       <c r="W27" s="72">
         <v>0.03</v>
       </c>
       <c r="X27" s="72">
         <v>0.03</v>
       </c>
       <c r="Y27" s="73">
-        <v>3.0033278717841894E-2</v>
+        <v>3.0045274213203355E-2</v>
       </c>
     </row>
     <row r="28" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A28" s="34" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="32">
-        <v>7.2173485429496698E-2</v>
+        <v>7.1974227054933962E-2</v>
       </c>
       <c r="C28" s="32">
-        <v>6.9056877048580531E-2</v>
+        <v>6.8856763407084257E-2</v>
       </c>
       <c r="D28" s="32">
-        <v>8.6493516144614133E-2</v>
+        <v>8.6258518350193145E-2</v>
       </c>
       <c r="E28" s="32">
-        <v>0.11645521959281871</v>
+        <v>0.11622244939281252</v>
       </c>
       <c r="F28" s="32">
-        <v>0.12843783056063082</v>
+        <v>0.12828791303438092</v>
       </c>
       <c r="G28" s="32">
-        <v>0.12383710433039066</v>
+        <v>0.12368701971849992</v>
       </c>
       <c r="H28" s="32">
-        <v>0.11989841174987628</v>
+        <v>0.11984417149676505</v>
       </c>
       <c r="I28" s="32">
-        <v>0.13736062061029325</v>
+        <v>0.13721510295172024</v>
       </c>
       <c r="J28" s="32">
-        <v>0.13203784733198176</v>
+        <v>0.13209378896272894</v>
       </c>
       <c r="K28" s="32">
-        <v>9.2681448441158235E-2</v>
+        <v>9.2647027624621958E-2</v>
       </c>
       <c r="L28" s="32">
-        <v>7.9799275057055696E-2</v>
+        <v>7.9727704958648435E-2</v>
       </c>
       <c r="M28" s="32">
-        <v>6.8330340785839938E-2</v>
+        <v>6.8255262601552361E-2</v>
       </c>
       <c r="N28" s="72">
-        <v>6.2759300293446077E-2</v>
+        <v>5.8736346914978255E-2</v>
       </c>
       <c r="O28" s="72">
-        <v>6.3850217185617786E-2</v>
+        <v>5.9568291277852944E-2</v>
       </c>
       <c r="P28" s="72">
-        <v>6.385021718561773E-2</v>
+        <v>6.1424641463872318E-2</v>
       </c>
       <c r="Q28" s="72">
-        <v>6.3850217185617689E-2</v>
+        <v>6.3280340955836359E-2</v>
       </c>
       <c r="R28" s="72">
-        <v>6.3850217185617675E-2</v>
+        <v>6.3280340955836262E-2</v>
       </c>
       <c r="S28" s="72">
-        <v>6.3850217185617689E-2</v>
+        <v>6.3280340955836331E-2</v>
       </c>
       <c r="T28" s="72">
-        <v>6.3850217185617605E-2</v>
+        <v>6.3280340955836345E-2</v>
       </c>
       <c r="U28" s="72">
-        <v>6.3850217185617605E-2</v>
+        <v>6.3280340955836401E-2</v>
       </c>
       <c r="V28" s="72">
-        <v>6.3850217185617578E-2</v>
+        <v>6.3280340955836428E-2</v>
       </c>
       <c r="W28" s="72">
-        <v>6.385021718561748E-2</v>
+        <v>6.3280340955836331E-2</v>
       </c>
       <c r="X28" s="72">
-        <v>6.3850217185617425E-2</v>
+        <v>6.3280340955836248E-2</v>
       </c>
       <c r="Y28" s="73">
-        <v>6.3850217185617675E-2</v>
+        <v>6.3280340955836234E-2</v>
       </c>
     </row>
     <row r="29" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A29" s="34" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="32">
-        <v>1.554503850004596E-2</v>
+        <v>1.4512959199099562E-2</v>
       </c>
       <c r="C29" s="32">
-        <v>1.3176069972126392E-2</v>
+        <v>1.1879729125618743E-2</v>
       </c>
       <c r="D29" s="32">
-        <v>-4.4722355485804499E-4</v>
+        <v>-2.1026106734081118E-3</v>
       </c>
       <c r="E29" s="32">
-        <v>-2.0071696250860915E-2</v>
+        <v>-2.1868406956787934E-2</v>
       </c>
       <c r="F29" s="32">
-        <v>3.2071858673514697E-3</v>
+        <v>1.0365618556413825E-3</v>
       </c>
       <c r="G29" s="32">
-        <v>1.7294881873474388E-2</v>
+        <v>1.5007605677044733E-2</v>
       </c>
       <c r="H29" s="32">
-        <v>2.2307181301771895E-2</v>
+        <v>2.0112082098212136E-2</v>
       </c>
       <c r="I29" s="32">
-        <v>-7.7452311740117574E-2</v>
+        <v>-7.8765203139825712E-2</v>
       </c>
       <c r="J29" s="32">
-        <v>4.9906563551159966E-2</v>
+        <v>4.8973536675288809E-2</v>
       </c>
       <c r="K29" s="32">
-        <v>7.3917889093044975E-2</v>
+        <v>7.3716920553539289E-2</v>
       </c>
       <c r="L29" s="32">
-        <v>1.3705336539319601E-2</v>
+        <v>1.3239114621220072E-2</v>
       </c>
       <c r="M29" s="32">
-        <v>2.8478863461432136E-2</v>
+        <v>2.8324478995733537E-2</v>
       </c>
       <c r="N29" s="72">
-        <v>1.7045406633248942E-2</v>
+        <v>1.8500000000000003E-2</v>
       </c>
       <c r="O29" s="72">
-        <v>1.3818573877659092E-2</v>
+        <v>1.4324667130704224E-2</v>
       </c>
       <c r="P29" s="72">
-        <v>1.5860627406141775E-2</v>
+        <v>1.1205068531511266E-2</v>
       </c>
       <c r="Q29" s="72">
-        <v>1.7078439145776843E-2</v>
+        <v>9.5596437898934922E-3</v>
       </c>
       <c r="R29" s="72">
-        <v>1.7447353965394131E-2</v>
+        <v>1.0526174986318138E-2</v>
       </c>
       <c r="S29" s="72">
-        <v>1.7838124378185879E-2</v>
+        <v>9.8620405969562785E-3</v>
       </c>
       <c r="T29" s="72">
-        <v>1.7843077962042396E-2</v>
+        <v>8.7131337625401262E-3</v>
       </c>
       <c r="U29" s="72">
-        <v>1.7916896609713719E-2</v>
+        <v>7.9232432544151798E-3</v>
       </c>
       <c r="V29" s="72">
-        <v>1.8120413971392121E-2</v>
+        <v>7.6472660345061616E-3</v>
       </c>
       <c r="W29" s="72">
-        <v>1.801142510810028E-2</v>
+        <v>7.0698652003164941E-3</v>
       </c>
       <c r="X29" s="72">
-        <v>1.7900076516089502E-2</v>
+        <v>6.544052333393946E-3</v>
       </c>
       <c r="Y29" s="73">
-        <v>1.7557160350089696E-2</v>
+        <v>8.4798064087887592E-3</v>
       </c>
     </row>
     <row r="30" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A30" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B30" s="32">
-        <v>3.3206741784626903E-2</v>
+        <v>3.1815607045558858E-2</v>
       </c>
       <c r="C30" s="32">
-        <v>3.8935395537965434E-2</v>
+        <v>3.7300394309740081E-2</v>
       </c>
       <c r="D30" s="32">
-        <v>7.125999874689315E-3</v>
+        <v>5.2252221979536273E-3</v>
       </c>
       <c r="E30" s="32">
-        <v>-1.4296319952221137E-2</v>
+        <v>-1.6463312719371515E-2</v>
       </c>
       <c r="F30" s="32">
-        <v>-1.8168506799515316E-2</v>
+        <v>-2.0503016399014307E-2</v>
       </c>
       <c r="G30" s="32">
-        <v>6.325370908436323E-3</v>
+        <v>3.7561699211463573E-3</v>
       </c>
       <c r="H30" s="32">
-        <v>1.3571982182248643E-2</v>
+        <v>1.122202056866306E-2</v>
       </c>
       <c r="I30" s="32">
-        <v>-5.1409820637034698E-2</v>
+        <v>-5.2765397385659996E-2</v>
       </c>
       <c r="J30" s="32">
-        <v>2.6229885770220562E-2</v>
+        <v>2.516364489396361E-2</v>
       </c>
       <c r="K30" s="32">
-        <v>7.8219210600142475E-2</v>
+        <v>7.8236456366860718E-2</v>
       </c>
       <c r="L30" s="32">
-        <v>2.8160500844614855E-2</v>
+        <v>2.8009272485368886E-2</v>
       </c>
       <c r="M30" s="32">
-        <v>3.7632420100212949E-2</v>
+        <v>3.7766635303645657E-2</v>
       </c>
       <c r="N30" s="72">
-        <v>1.7623989951146876E-2</v>
+        <v>1.912795752611926E-2</v>
       </c>
       <c r="O30" s="72">
-        <v>1.4287626713697524E-2</v>
+        <v>1.4810898619022001E-2</v>
       </c>
       <c r="P30" s="72">
-        <v>1.6398994992555833E-2</v>
+        <v>1.1585409456648809E-2</v>
       </c>
       <c r="Q30" s="72">
-        <v>1.7658143707720644E-2</v>
+        <v>9.8841329934006728E-3</v>
       </c>
       <c r="R30" s="72">
-        <v>1.8039580842877153E-2</v>
+        <v>1.0883471786529313E-2</v>
       </c>
       <c r="S30" s="72">
-        <v>1.8443615429814701E-2</v>
+        <v>1.0196794251861811E-2</v>
       </c>
       <c r="T30" s="72">
-        <v>1.844873715638819E-2</v>
+        <v>9.0088893259061189E-3</v>
       </c>
       <c r="U30" s="72">
-        <v>1.8525061478404006E-2</v>
+        <v>8.1921870507872686E-3</v>
       </c>
       <c r="V30" s="72">
-        <v>1.8735486962188456E-2</v>
+        <v>7.9068421567009897E-3</v>
       </c>
       <c r="W30" s="72">
-        <v>1.8622798619060545E-2</v>
+        <v>7.3098422306509467E-3</v>
       </c>
       <c r="X30" s="72">
-        <v>1.8507670449407824E-2</v>
+        <v>6.7661813557762709E-3</v>
       </c>
       <c r="Y30" s="73">
-        <v>1.8153106822164755E-2</v>
+        <v>8.7676116867192455E-3</v>
       </c>
     </row>
     <row r="31" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A31" s="34" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="32">
-        <v>4.6061320528671512E-2</v>
+        <v>4.4573122739037574E-2</v>
       </c>
       <c r="C31" s="32">
-        <v>3.7012943581304913E-2</v>
+        <v>3.5059215406058275E-2</v>
       </c>
       <c r="D31" s="32">
-        <v>-1.1939997844191641E-2</v>
+        <v>-1.4009087401270937E-2</v>
       </c>
       <c r="E31" s="32">
-        <v>-3.3674859967522508E-2</v>
+        <v>-3.5895251532980121E-2</v>
       </c>
       <c r="F31" s="32">
-        <v>1.9720483818580048E-2</v>
+        <v>1.6773130591657193E-2</v>
       </c>
       <c r="G31" s="32">
-        <v>3.2997448192499945E-2</v>
+        <v>3.0211023633452072E-2</v>
       </c>
       <c r="H31" s="32">
-        <v>2.7225944061718632E-2</v>
+        <v>2.4428049727776679E-2</v>
       </c>
       <c r="I31" s="32">
-        <v>-3.6933494566918523E-2</v>
+        <v>-3.9135864735691861E-2</v>
       </c>
       <c r="J31" s="32">
-        <v>-2.3806288966381373E-2</v>
+        <v>-2.6030833504432249E-2</v>
       </c>
       <c r="K31" s="32">
-        <v>6.9125333614718842E-2</v>
+        <v>6.7862151138811333E-2</v>
       </c>
       <c r="L31" s="32">
-        <v>6.9088829954233377E-2</v>
+        <v>6.7510606467649392E-2</v>
       </c>
       <c r="M31" s="32">
-        <v>7.5988807128293034E-2</v>
+        <v>7.5235558357125587E-2</v>
       </c>
       <c r="N31" s="72">
-        <v>4.9056847561208983E-2</v>
+        <v>5.5166000000000048E-2</v>
       </c>
       <c r="O31" s="72">
-        <v>4.0252559316380054E-2</v>
+        <v>5.2312304490574446E-2</v>
       </c>
       <c r="P31" s="72">
-        <v>2.9925712087059964E-2</v>
+        <v>4.2935253076614943E-2</v>
       </c>
       <c r="Q31" s="72">
-        <v>3.2223470086371497E-2</v>
+        <v>3.2359913297662635E-2</v>
       </c>
       <c r="R31" s="72">
-        <v>3.291953578376261E-2</v>
+        <v>3.3020255040181912E-2</v>
       </c>
       <c r="S31" s="72">
-        <v>3.3656838449407367E-2</v>
+        <v>3.3728701764393021E-2</v>
       </c>
       <c r="T31" s="72">
-        <v>3.3666184834042268E-2</v>
+        <v>3.380251762648423E-2</v>
       </c>
       <c r="U31" s="72">
-        <v>3.3805465301346649E-2</v>
+        <v>3.4006317904911265E-2</v>
       </c>
       <c r="V31" s="72">
-        <v>3.4189460323381438E-2</v>
+        <v>3.4454883101289413E-2</v>
       </c>
       <c r="W31" s="72">
-        <v>3.39838209586798E-2</v>
+        <v>3.4249243736587553E-2</v>
       </c>
       <c r="X31" s="72">
-        <v>3.3773729275640596E-2</v>
+        <v>3.4039152053548793E-2</v>
       </c>
       <c r="Y31" s="73">
-        <v>3.3126358702692871E-2</v>
+        <v>3.370742048760933E-2</v>
       </c>
     </row>
     <row r="32" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A32" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="36">
-        <v>0</v>
+        <v>2.3426</v>
       </c>
       <c r="C32" s="36">
         <v>2.6562000000000001</v>
       </c>
       <c r="D32" s="36">
         <v>3.9047999999999998</v>
       </c>
       <c r="E32" s="36">
         <v>3.2591000000000001</v>
       </c>
       <c r="F32" s="36">
         <v>3.3079999999999998</v>
       </c>
       <c r="G32" s="36">
         <v>3.8748</v>
       </c>
       <c r="H32" s="36">
         <v>4.0307000000000004</v>
       </c>
       <c r="I32" s="36">
         <v>5.1966999999999999</v>
       </c>
       <c r="J32" s="36">
         <v>5.5804999999999998</v>
       </c>
       <c r="K32" s="36">
         <v>5.2176999999999998</v>
       </c>
       <c r="L32" s="36">
         <v>4.8413000000000004</v>
       </c>
       <c r="M32" s="36">
         <v>6.1923000000000004</v>
       </c>
       <c r="N32" s="74">
-        <v>5.5725802657913999</v>
+        <v>5.15</v>
       </c>
       <c r="O32" s="74">
-        <v>5.6787916480201943</v>
+        <v>5.225708613509787</v>
       </c>
       <c r="P32" s="74">
-        <v>5.75798770411589</v>
+        <v>5.2838945688040786</v>
       </c>
       <c r="Q32" s="74">
-        <v>5.8155675811570493</v>
+        <v>5.3386476022984386</v>
       </c>
       <c r="R32" s="74">
-        <v>5.8737232569686197</v>
+        <v>5.3920340783214229</v>
       </c>
       <c r="S32" s="74">
-        <v>5.9324604895383057</v>
+        <v>5.4459544191046367</v>
       </c>
       <c r="T32" s="74">
-        <v>5.9917850944336886</v>
+        <v>5.5004139632956832</v>
       </c>
       <c r="U32" s="74">
-        <v>6.0517029453780253</v>
+        <v>5.5554181029286402</v>
       </c>
       <c r="V32" s="74">
-        <v>6.112219974831806</v>
+        <v>5.6109722839579268</v>
       </c>
       <c r="W32" s="74">
-        <v>6.1733421745801245</v>
+        <v>5.6670820067975063</v>
       </c>
       <c r="X32" s="74">
-        <v>6.2350755963259257</v>
+        <v>5.7237528268654811</v>
       </c>
       <c r="Y32" s="75">
-        <v>5.9937627574810488</v>
+        <v>5.5292844104462171</v>
       </c>
     </row>
     <row r="33" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A33" s="30" t="s">
         <v>26</v>
       </c>
       <c r="B33" s="23">
         <v>3.8610993895774826E-2</v>
       </c>
       <c r="C33" s="23">
         <v>5.0206776305044665E-2</v>
       </c>
       <c r="D33" s="23">
         <v>3.2315794378522167E-2</v>
       </c>
       <c r="E33" s="23">
         <v>7.0204925115702865E-2</v>
       </c>
       <c r="F33" s="23">
         <v>3.936624007574907E-2</v>
       </c>
       <c r="G33" s="23">
         <v>2.6550726083069742E-2</v>
       </c>
       <c r="H33" s="23">
         <v>1.8595281339062186E-3</v>
       </c>
       <c r="I33" s="23">
         <v>-2.4085395441268531E-2</v>
       </c>
       <c r="J33" s="23">
         <v>-7.3691361039970316E-3</v>
       </c>
       <c r="K33" s="23">
         <v>7.5295835328029304E-2</v>
       </c>
       <c r="L33" s="23">
         <v>6.8140032175191489E-2</v>
       </c>
       <c r="M33" s="23">
         <v>7.076802926170167E-2</v>
       </c>
       <c r="N33" s="72">
-        <v>8.8437829868831086E-2</v>
+        <v>0.10438874483818306</v>
       </c>
       <c r="O33" s="72">
-        <v>7.5918352047677606E-2</v>
+        <v>7.5221761095948025E-2</v>
       </c>
       <c r="P33" s="72">
-        <v>6.4619354334571E-2</v>
+        <v>6.2359535653641052E-2</v>
       </c>
       <c r="Q33" s="72">
-        <v>5.3398058252427161E-2</v>
+        <v>5.0601378880813286E-2</v>
       </c>
       <c r="R33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="S33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="T33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="U33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="V33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="W33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="X33" s="72">
         <v>3.8834951456310662E-2</v>
       </c>
       <c r="Y33" s="73">
-        <v>4.3295587986779571E-2</v>
+        <v>4.0298517687325175E-2</v>
       </c>
     </row>
     <row r="34" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A34" s="30" t="s">
         <v>27</v>
       </c>
       <c r="B34" s="23">
         <v>4.2719728404375656E-2</v>
       </c>
       <c r="C34" s="23">
         <v>5.9309968541931157E-2</v>
       </c>
       <c r="D34" s="23">
         <v>8.3236296567023471E-2</v>
       </c>
       <c r="E34" s="23">
         <v>6.414117326429114E-2</v>
       </c>
       <c r="F34" s="23">
         <v>2.8231626349517924E-2</v>
       </c>
       <c r="G34" s="23">
         <v>2.6196667629779569E-2</v>
       </c>
       <c r="H34" s="23">
         <v>7.905138339920903E-3</v>
       </c>
       <c r="I34" s="23">
         <v>-7.0490536886829158E-3</v>
       </c>
       <c r="J34" s="23">
         <v>6.3910783386279757E-2</v>
       </c>
       <c r="K34" s="23">
         <v>7.7203885265393124E-2</v>
       </c>
       <c r="L34" s="23">
         <v>5.9446450060168354E-2</v>
       </c>
       <c r="M34" s="23">
         <v>9.9472798076803759E-2</v>
       </c>
       <c r="N34" s="72">
-        <v>7.1553046547356391E-2</v>
+        <v>7.1181873327621048E-2</v>
       </c>
       <c r="O34" s="72">
-        <v>6.7961165048543659E-2</v>
+        <v>6.3106796116504826E-2</v>
       </c>
       <c r="P34" s="72">
         <v>5.3398058252427161E-2</v>
       </c>
       <c r="Q34" s="72">
         <v>4.6699029126213584E-2</v>
       </c>
       <c r="R34" s="72">
         <v>0.04</v>
       </c>
       <c r="S34" s="72">
         <v>0.04</v>
       </c>
       <c r="T34" s="72">
         <v>0.04</v>
       </c>
       <c r="U34" s="72">
         <v>0.04</v>
       </c>
       <c r="V34" s="72">
         <v>0.04</v>
       </c>
       <c r="W34" s="72">
         <v>0.04</v>
       </c>
       <c r="X34" s="72">
         <v>0.04</v>
       </c>
       <c r="Y34" s="73">
-        <v>4.222348863972214E-2</v>
+        <v>4.0835028279556207E-2</v>
       </c>
     </row>
     <row r="35" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A35" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="65">
         <v>0.1</v>
       </c>
       <c r="C35" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="D35" s="65">
         <v>0.14249999999999999</v>
       </c>
       <c r="E35" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="F35" s="65">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G35" s="65">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="H35" s="65">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="I35" s="65">
         <v>0.02</v>
       </c>
       <c r="J35" s="65">
         <v>9.2499999999999999E-2</v>
       </c>
       <c r="K35" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="L35" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="M35" s="65">
         <v>0.1225</v>
       </c>
       <c r="N35" s="76">
-        <v>0.14249999999999999</v>
+        <v>0.15</v>
       </c>
       <c r="O35" s="76">
-        <v>0.115</v>
+        <v>0.11</v>
       </c>
       <c r="P35" s="76">
-        <v>0.1</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="Q35" s="76">
-        <v>8.5000000000000006E-2</v>
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="R35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="S35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="T35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="U35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="V35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="W35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="X35" s="76">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="Y35" s="77">
-        <v>7.4953985239187837E-2</v>
+        <v>7.1554571914830056E-2</v>
       </c>
     </row>
     <row r="36" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
       <c r="H36" s="23"/>
       <c r="I36" s="23"/>
       <c r="J36" s="23"/>
       <c r="K36" s="23"/>
       <c r="L36" s="23"/>
       <c r="M36" s="23"/>
       <c r="N36" s="23"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
       <c r="R36" s="23"/>
       <c r="S36" s="23"/>
       <c r="T36" s="23"/>
       <c r="U36" s="23"/>
       <c r="V36" s="23"/>
@@ -5160,1127 +5164,1127 @@
       <c r="Q39" s="69">
         <v>2028</v>
       </c>
       <c r="R39" s="69">
         <v>2029</v>
       </c>
       <c r="S39" s="69">
         <v>2030</v>
       </c>
       <c r="T39" s="69">
         <v>2031</v>
       </c>
       <c r="U39" s="69">
         <v>2032</v>
       </c>
       <c r="V39" s="69">
         <v>2033</v>
       </c>
       <c r="W39" s="69">
         <v>2034</v>
       </c>
       <c r="X39" s="69">
         <v>2035</v>
       </c>
       <c r="Y39" s="68" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A40" s="30" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="31">
         <v>5331.618999627085</v>
       </c>
       <c r="C40" s="31">
         <v>5778.9530000085933</v>
       </c>
       <c r="D40" s="31">
         <v>5995.7869997263051</v>
       </c>
       <c r="E40" s="31">
         <v>6269.3280006591795</v>
       </c>
       <c r="F40" s="31">
         <v>6585.4790001397814</v>
       </c>
       <c r="G40" s="31">
         <v>7004.1409998933686</v>
       </c>
       <c r="H40" s="31">
         <v>7389.1309994532821</v>
       </c>
       <c r="I40" s="31">
         <v>7609.5970005758245</v>
       </c>
       <c r="J40" s="31">
         <v>9012.1419992844803</v>
       </c>
       <c r="K40" s="31">
         <v>10079.676679176029</v>
       </c>
       <c r="L40" s="31">
         <v>10943.344667905043</v>
       </c>
       <c r="M40" s="31">
-        <v>11744.710041818669</v>
+        <v>11779.25058162827</v>
       </c>
       <c r="N40" s="70">
-        <v>12681.394441157356</v>
+        <v>12688.547920182777</v>
       </c>
       <c r="O40" s="70">
-        <v>13512.382176771845</v>
+        <v>13436.159917745701</v>
       </c>
       <c r="P40" s="70">
-        <v>14400.121870655643</v>
+        <v>14262.060579619672</v>
       </c>
       <c r="Q40" s="70">
-        <v>15344.961938023018</v>
+        <v>15164.269379078933</v>
       </c>
       <c r="R40" s="70">
-        <v>16301.077256362323</v>
+        <v>16111.079941986112</v>
       </c>
       <c r="S40" s="70">
-        <v>17315.396452997211</v>
+        <v>17115.428783058302</v>
       </c>
       <c r="T40" s="70">
-        <v>18393.000635569922</v>
+        <v>18183.714300420055</v>
       </c>
       <c r="U40" s="70">
-        <v>19540.358174918554</v>
+        <v>19322.569621380815</v>
       </c>
       <c r="V40" s="70">
-        <v>20767.166582575548</v>
+        <v>20541.852837050283</v>
       </c>
       <c r="W40" s="70">
-        <v>22066.514011201521</v>
+        <v>21833.639233905229</v>
       </c>
       <c r="X40" s="70">
-        <v>23442.290427636432</v>
+        <v>23201.843952456769</v>
       </c>
       <c r="Y40" s="71">
-        <v>18618.987483326684</v>
+        <v>18934.29975616706</v>
       </c>
     </row>
     <row r="41" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A41" s="30" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="31"/>
       <c r="C41" s="32">
         <v>8.3902094356854251E-2</v>
       </c>
       <c r="D41" s="32">
         <v>3.752132950681375E-2</v>
       </c>
       <c r="E41" s="32">
         <v>4.5622201213178615E-2</v>
       </c>
       <c r="F41" s="32">
         <v>5.0428211675535461E-2</v>
       </c>
       <c r="G41" s="32">
         <v>6.3573507674187457E-2</v>
       </c>
       <c r="H41" s="32">
         <v>5.4966055018848881E-2</v>
       </c>
       <c r="I41" s="32">
         <v>2.9836526262540852E-2</v>
       </c>
       <c r="J41" s="32">
         <v>0.18431265132733365</v>
       </c>
       <c r="K41" s="32">
         <v>0.11845515527566097</v>
       </c>
       <c r="L41" s="32">
         <v>8.5684096446595026E-2</v>
       </c>
       <c r="M41" s="32">
-        <v>7.3228560210105931E-2</v>
+        <v>7.6384865787403777E-2</v>
       </c>
       <c r="N41" s="72">
-        <v>7.9753727082532588E-2</v>
+        <v>7.7194837842460728E-2</v>
       </c>
       <c r="O41" s="72">
-        <v>6.5528104142674293E-2</v>
+        <v>5.8920217054447166E-2</v>
       </c>
       <c r="P41" s="72">
-        <v>6.5698237532819892E-2</v>
+        <v>6.1468504909886423E-2</v>
       </c>
       <c r="Q41" s="72">
-        <v>6.5613338265751553E-2</v>
+        <v>6.3259358240877583E-2</v>
       </c>
       <c r="R41" s="72">
-        <v>6.23080931840021E-2</v>
+        <v>6.2436939046560891E-2</v>
       </c>
       <c r="S41" s="72">
-        <v>6.222405922522678E-2</v>
+        <v>6.2339014187051234E-2</v>
       </c>
       <c r="T41" s="72">
-        <v>6.2233872929093881E-2</v>
+        <v>6.2416520842247136E-2</v>
       </c>
       <c r="U41" s="72">
-        <v>6.2380117419763348E-2</v>
+        <v>6.2630511134595501E-2</v>
       </c>
       <c r="V41" s="72">
-        <v>6.2783312192899787E-2</v>
+        <v>6.3101504590792334E-2</v>
       </c>
       <c r="W41" s="72">
-        <v>6.2567390859963323E-2</v>
+        <v>6.288558325785587E-2</v>
       </c>
       <c r="X41" s="72">
-        <v>6.2346794592772259E-2</v>
+        <v>6.2664986990664806E-2</v>
       </c>
       <c r="Y41" s="73">
-        <v>6.3127486954484002E-2</v>
+        <v>6.2716755700352289E-2</v>
       </c>
     </row>
     <row r="42" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A42" s="30" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="32">
         <v>3.0048226753653706E-2</v>
       </c>
       <c r="C42" s="32">
         <v>5.0395574468800053E-3</v>
       </c>
       <c r="D42" s="32">
         <v>-3.5457633973564162E-2</v>
       </c>
       <c r="E42" s="32">
         <v>-3.27591689005996E-2</v>
       </c>
       <c r="F42" s="32">
         <v>1.3228690438595647E-2</v>
       </c>
       <c r="G42" s="32">
         <v>1.7836667578435605E-2</v>
       </c>
       <c r="H42" s="32">
         <v>1.2207778175691075E-2</v>
       </c>
       <c r="I42" s="32">
         <v>-3.276758782728828E-2</v>
       </c>
       <c r="J42" s="32">
         <v>4.7626043674215746E-2</v>
       </c>
       <c r="K42" s="32">
         <v>3.0166943540810065E-2</v>
       </c>
       <c r="L42" s="32">
         <v>3.2416553281358729E-2</v>
       </c>
       <c r="M42" s="32">
-        <v>3.3958664556433149E-2</v>
+        <v>3.419315165977399E-2</v>
       </c>
       <c r="N42" s="72">
-        <v>1.505295635799265E-2</v>
+        <v>2.028055503213182E-2</v>
       </c>
       <c r="O42" s="72">
-        <v>7.8008842485561766E-3</v>
+        <v>7.7685439528338562E-3</v>
       </c>
       <c r="P42" s="72">
-        <v>1.0591429502191826E-2</v>
+        <v>9.9451868971856192E-3</v>
       </c>
       <c r="Q42" s="72">
-        <v>1.1916896612164024E-2</v>
+        <v>1.2062063124599884E-2</v>
       </c>
       <c r="R42" s="72">
-        <v>1.1721993508573598E-2</v>
+        <v>1.1844703853867298E-2</v>
       </c>
       <c r="S42" s="72">
-        <v>1.1641961166882861E-2</v>
+        <v>1.1751442082905912E-2</v>
       </c>
       <c r="T42" s="72">
-        <v>1.1651307551517805E-2</v>
+        <v>1.1825257944997032E-2</v>
       </c>
       <c r="U42" s="72">
-        <v>1.1790588018822186E-2</v>
+        <v>1.2029058223424201E-2</v>
       </c>
       <c r="V42" s="72">
-        <v>1.2174583040856907E-2</v>
+        <v>1.247762341980228E-2</v>
       </c>
       <c r="W42" s="72">
-        <v>1.1968943676155313E-2</v>
+        <v>1.2271984055100556E-2</v>
       </c>
       <c r="X42" s="72">
-        <v>1.1758851993116109E-2</v>
+        <v>1.2061892372061617E-2</v>
       </c>
       <c r="Y42" s="73">
-        <v>1.1690640949999942E-2</v>
+        <v>1.204047757365756E-2</v>
       </c>
     </row>
     <row r="43" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A43" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="32">
         <v>7.5045645273920991E-2</v>
       </c>
       <c r="C43" s="32">
         <v>7.8467097464611335E-2</v>
       </c>
       <c r="D43" s="32">
         <v>7.5661750122003157E-2</v>
       </c>
       <c r="E43" s="32">
         <v>8.1036043551518722E-2</v>
       </c>
       <c r="F43" s="32">
         <v>3.6713845144709989E-2</v>
       </c>
       <c r="G43" s="32">
         <v>4.4935343314527643E-2</v>
       </c>
       <c r="H43" s="32">
         <v>4.2242588690852845E-2</v>
       </c>
       <c r="I43" s="32">
         <v>6.4724996083620034E-2</v>
       </c>
       <c r="J43" s="32">
         <v>0.13047270872890193</v>
       </c>
       <c r="K43" s="32">
         <v>8.5702819614259296E-2</v>
       </c>
       <c r="L43" s="32">
         <v>5.1595010750200121E-2</v>
       </c>
       <c r="M43" s="32">
-        <v>3.7980140792687855E-2</v>
+        <v>4.0796744843955235E-2</v>
       </c>
       <c r="N43" s="72">
-        <v>6.3741276077541986E-2</v>
+        <v>5.5782973153434667E-2</v>
       </c>
       <c r="O43" s="72">
-        <v>5.7280382262376146E-2</v>
+        <v>5.0757362301642996E-2</v>
       </c>
       <c r="P43" s="72">
-        <v>5.4529265162849179E-2</v>
+        <v>5.1015954807403043E-2</v>
       </c>
       <c r="Q43" s="72">
-        <v>5.3064082468985238E-2</v>
+        <v>5.0587110199757264E-2</v>
       </c>
       <c r="R43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="S43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="T43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="U43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="V43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="W43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="X43" s="72">
         <v>4.9999999999999996E-2</v>
       </c>
       <c r="Y43" s="73">
-        <v>5.0842465001142756E-2</v>
+        <v>5.0073370828200181E-2</v>
       </c>
     </row>
     <row r="44" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A44" s="33" t="s">
         <v>19</v>
       </c>
       <c r="B44" s="32">
         <v>5.910683255331084E-2</v>
       </c>
       <c r="C44" s="32">
         <v>6.407616596391974E-2</v>
       </c>
       <c r="D44" s="32">
         <v>0.10673497995621717</v>
       </c>
       <c r="E44" s="32">
         <v>6.2880550542244729E-2</v>
       </c>
       <c r="F44" s="32">
         <v>2.9473499083459087E-2</v>
       </c>
       <c r="G44" s="32">
         <v>3.7454821218273482E-2</v>
       </c>
       <c r="H44" s="32">
         <v>4.3060399841131858E-2</v>
       </c>
       <c r="I44" s="32">
         <v>4.517341500509886E-2</v>
       </c>
       <c r="J44" s="32">
         <v>0.10061054893257904</v>
       </c>
       <c r="K44" s="32">
         <v>5.784841959607756E-2</v>
       </c>
       <c r="L44" s="32">
         <v>4.6211139305667892E-2</v>
       </c>
       <c r="M44" s="32">
         <v>4.8312957918595911E-2</v>
       </c>
       <c r="N44" s="72">
-        <v>6.255244976379562E-2</v>
+        <v>4.58E-2</v>
       </c>
       <c r="O44" s="72">
-        <v>5.4466445991934322E-2</v>
+        <v>4.9292577059843516E-2</v>
       </c>
       <c r="P44" s="72">
-        <v>5.1128164937970483E-2</v>
+        <v>4.6174220399514534E-2</v>
       </c>
       <c r="Q44" s="72">
-        <v>4.8064082468985241E-2</v>
+        <v>4.5587110199757266E-2</v>
       </c>
       <c r="R44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="S44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="T44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="U44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="V44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="W44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="X44" s="72">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="Y44" s="73">
-        <v>4.6019370788756842E-2</v>
+        <v>4.507337074236073E-2</v>
       </c>
     </row>
     <row r="45" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A45" s="33" t="s">
         <v>20</v>
       </c>
       <c r="B45" s="32">
         <v>5.562748E-2</v>
       </c>
       <c r="C45" s="32">
         <v>6.228322E-2</v>
       </c>
       <c r="D45" s="32">
         <v>0.1127607123</v>
       </c>
       <c r="E45" s="32">
         <v>6.5799493070161086E-2</v>
       </c>
       <c r="F45" s="32">
         <v>2.0669309643449818E-2</v>
       </c>
       <c r="G45" s="32">
         <v>3.433953867841999E-2</v>
       </c>
       <c r="H45" s="32">
         <v>4.4815886633540858E-2</v>
       </c>
       <c r="I45" s="32">
         <v>5.4473252805245398E-2</v>
       </c>
       <c r="J45" s="32">
         <v>0.10160177672892501</v>
       </c>
       <c r="K45" s="32">
         <v>5.9323562773913263E-2</v>
       </c>
       <c r="L45" s="32">
         <v>3.7069875375087769E-2</v>
       </c>
       <c r="M45" s="32">
         <v>4.76793809251288E-2</v>
       </c>
       <c r="N45" s="72">
-        <v>6.3254033538377802E-2</v>
+        <v>4.4843049151923997E-2</v>
       </c>
       <c r="O45" s="72">
-        <v>5.4367495074357071E-2</v>
+        <v>4.8681400116941123E-2</v>
       </c>
       <c r="P45" s="72">
-        <v>5.0698715807521187E-2</v>
+        <v>4.5254318311342356E-2</v>
       </c>
       <c r="Q45" s="72">
-        <v>4.8348626933697625E-2</v>
+        <v>4.3952897501673902E-2</v>
       </c>
       <c r="R45" s="72">
-        <v>4.6661151118948668E-2</v>
+        <v>4.3034534576765572E-2</v>
       </c>
       <c r="S45" s="72">
-        <v>4.5655745876683217E-2</v>
+        <v>4.2296100169499251E-2</v>
       </c>
       <c r="T45" s="72">
-        <v>4.4975788855633046E-2</v>
+        <v>4.1631143527488146E-2</v>
       </c>
       <c r="U45" s="72">
-        <v>4.4460754862242262E-2</v>
+        <v>4.1038666184867706E-2</v>
       </c>
       <c r="V45" s="72">
-        <v>4.4066501358479455E-2</v>
+        <v>4.0529319713246637E-2</v>
       </c>
       <c r="W45" s="72">
-        <v>4.3765486810337102E-2</v>
+        <v>4.0103386457408199E-2</v>
       </c>
       <c r="X45" s="72">
-        <v>4.3536466557491965E-2</v>
+        <v>3.9754460365315325E-2</v>
       </c>
       <c r="Y45" s="73">
-        <v>4.5794142201328603E-2</v>
+        <v>4.1541654127230876E-2</v>
       </c>
     </row>
     <row r="46" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A46" s="34" t="s">
         <v>21</v>
       </c>
       <c r="B46" s="32">
-        <v>7.2173485429496698E-2</v>
+        <v>7.1974227054933962E-2</v>
       </c>
       <c r="C46" s="32">
-        <v>6.9056877048580531E-2</v>
+        <v>6.8856763407084257E-2</v>
       </c>
       <c r="D46" s="32">
-        <v>8.6493516144614133E-2</v>
+        <v>8.6258518350193145E-2</v>
       </c>
       <c r="E46" s="32">
-        <v>0.11645521959281871</v>
+        <v>0.11622244939281252</v>
       </c>
       <c r="F46" s="32">
-        <v>0.12843783056063082</v>
+        <v>0.12828791303438092</v>
       </c>
       <c r="G46" s="32">
-        <v>0.12383710433039066</v>
+        <v>0.12368701971849992</v>
       </c>
       <c r="H46" s="32">
-        <v>0.11989841174987628</v>
+        <v>0.11984417149676505</v>
       </c>
       <c r="I46" s="32">
-        <v>0.13736062061029325</v>
+        <v>0.13721510295172024</v>
       </c>
       <c r="J46" s="32">
-        <v>0.13203784733198176</v>
+        <v>0.13209378896272894</v>
       </c>
       <c r="K46" s="32">
-        <v>9.2681448441158235E-2</v>
+        <v>9.2647027624621958E-2</v>
       </c>
       <c r="L46" s="32">
-        <v>7.9799275057055696E-2</v>
+        <v>7.9727704958648435E-2</v>
       </c>
       <c r="M46" s="32">
-        <v>6.8330340785839938E-2</v>
+        <v>6.8255262601552361E-2</v>
       </c>
       <c r="N46" s="72">
-        <v>7.0612029134387841E-2</v>
+        <v>5.8993386484271493E-2</v>
       </c>
       <c r="O46" s="72">
-        <v>7.6224757567352738E-2</v>
+        <v>6.3994992492520275E-2</v>
       </c>
       <c r="P46" s="72">
-        <v>7.8568865100210952E-2</v>
+        <v>7.0495765560749199E-2</v>
       </c>
       <c r="Q46" s="72">
-        <v>8.0040865232061401E-2</v>
+        <v>7.3724516710196725E-2</v>
       </c>
       <c r="R46" s="72">
-        <v>8.1577899633692774E-2</v>
+        <v>7.6942147392905225E-2</v>
       </c>
       <c r="S46" s="72">
-        <v>8.3228662121965738E-2</v>
+        <v>8.0148336218784783E-2</v>
       </c>
       <c r="T46" s="72">
-        <v>8.433900750822762E-2</v>
+        <v>8.334526094610982E-2</v>
       </c>
       <c r="U46" s="72">
-        <v>8.5048148191646897E-2</v>
+        <v>8.6532255163792565E-2</v>
       </c>
       <c r="V46" s="72">
-        <v>8.5616051218533079E-2</v>
+        <v>8.9708057548978287E-2</v>
       </c>
       <c r="W46" s="72">
-        <v>8.5965811245816232E-2</v>
+        <v>9.2873901120717417E-2</v>
       </c>
       <c r="X46" s="72">
-        <v>8.6092863496470773E-2</v>
+        <v>9.6029835860615698E-2</v>
       </c>
       <c r="Y46" s="73">
-        <v>8.338336758709386E-2</v>
+        <v>8.4888470120191961E-2</v>
       </c>
     </row>
     <row r="47" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A47" s="34" t="s">
         <v>22</v>
       </c>
       <c r="B47" s="32">
-        <v>1.554503850004596E-2</v>
+        <v>1.4512959199099562E-2</v>
       </c>
       <c r="C47" s="32">
-        <v>1.3176069972126392E-2</v>
+        <v>1.1879729125618743E-2</v>
       </c>
       <c r="D47" s="32">
-        <v>-4.4722355485804499E-4</v>
+        <v>-2.1026106734081118E-3</v>
       </c>
       <c r="E47" s="32">
-        <v>-2.0071696250860915E-2</v>
+        <v>-2.1868406956787934E-2</v>
       </c>
       <c r="F47" s="32">
-        <v>3.2071858673514697E-3</v>
+        <v>1.0365618556413825E-3</v>
       </c>
       <c r="G47" s="32">
-        <v>1.7294881873474388E-2</v>
+        <v>1.5007605677044733E-2</v>
       </c>
       <c r="H47" s="32">
-        <v>2.2307181301771895E-2</v>
+        <v>2.0112082098212136E-2</v>
       </c>
       <c r="I47" s="32">
-        <v>-7.7452311740117574E-2</v>
+        <v>-7.8765203139825712E-2</v>
       </c>
       <c r="J47" s="32">
-        <v>4.9906563551159966E-2</v>
+        <v>4.8973536675288809E-2</v>
       </c>
       <c r="K47" s="32">
-        <v>7.3917889093044975E-2</v>
+        <v>7.3716920553539289E-2</v>
       </c>
       <c r="L47" s="32">
-        <v>1.3705336539319601E-2</v>
+        <v>1.3239114621220072E-2</v>
       </c>
       <c r="M47" s="32">
-        <v>2.8478863461432136E-2</v>
+        <v>2.8324478995733537E-2</v>
       </c>
       <c r="N47" s="72">
-        <v>7.5264781789963252E-3</v>
+        <v>1.6E-2</v>
       </c>
       <c r="O47" s="72">
-        <v>3.9004421242780449E-3</v>
+        <v>2.7189903834918495E-3</v>
       </c>
       <c r="P47" s="72">
-        <v>5.295714751095958E-3</v>
+        <v>8.855212734310069E-4</v>
       </c>
       <c r="Q47" s="72">
-        <v>5.9584483060820112E-3</v>
+        <v>4.0923073520447474E-3</v>
       </c>
       <c r="R47" s="72">
-        <v>5.8609967542867548E-3</v>
+        <v>4.0625549373175009E-3</v>
       </c>
       <c r="S47" s="72">
-        <v>5.8209805834414305E-3</v>
+        <v>4.1457312955293681E-3</v>
       </c>
       <c r="T47" s="72">
-        <v>5.8256537757589025E-3</v>
+        <v>3.5555605255708812E-3</v>
       </c>
       <c r="U47" s="72">
-        <v>5.8952940094110931E-3</v>
+        <v>3.1825879029928096E-3</v>
       </c>
       <c r="V47" s="72">
-        <v>6.0872915204284537E-3</v>
+        <v>3.2178996528747263E-3</v>
       </c>
       <c r="W47" s="72">
-        <v>5.9844718380776566E-3</v>
+        <v>2.8737283230560497E-3</v>
       </c>
       <c r="X47" s="72">
-        <v>5.8794259965580546E-3</v>
+        <v>2.5224965805073531E-3</v>
       </c>
       <c r="Y47" s="73">
-        <v>5.8453422011677247E-3</v>
+        <v>3.4564463492883224E-3</v>
       </c>
     </row>
     <row r="48" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A48" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B48" s="32">
-        <v>3.3206741784626903E-2</v>
+        <v>3.1815607045558858E-2</v>
       </c>
       <c r="C48" s="32">
-        <v>3.8935395537965434E-2</v>
+        <v>3.7300394309740081E-2</v>
       </c>
       <c r="D48" s="32">
-        <v>7.125999874689315E-3</v>
+        <v>5.2252221979536273E-3</v>
       </c>
       <c r="E48" s="32">
-        <v>-1.4296319952221137E-2</v>
+        <v>-1.6463312719371515E-2</v>
       </c>
       <c r="F48" s="32">
-        <v>-1.8168506799515316E-2</v>
+        <v>-2.0503016399014307E-2</v>
       </c>
       <c r="G48" s="32">
-        <v>6.325370908436323E-3</v>
+        <v>3.7561699211463573E-3</v>
       </c>
       <c r="H48" s="32">
-        <v>1.3571982182248643E-2</v>
+        <v>1.122202056866306E-2</v>
       </c>
       <c r="I48" s="32">
-        <v>-5.1409820637034698E-2</v>
+        <v>-5.2765397385659996E-2</v>
       </c>
       <c r="J48" s="32">
-        <v>2.6229885770220562E-2</v>
+        <v>2.516364489396361E-2</v>
       </c>
       <c r="K48" s="32">
-        <v>7.8219210600142475E-2</v>
+        <v>7.8236456366860718E-2</v>
       </c>
       <c r="L48" s="32">
-        <v>2.8160500844614855E-2</v>
+        <v>2.8009272485368886E-2</v>
       </c>
       <c r="M48" s="32">
-        <v>3.7632420100212949E-2</v>
+        <v>3.7766635303645657E-2</v>
       </c>
       <c r="N48" s="72">
-        <v>7.7819543204921682E-3</v>
+        <v>1.6543098400968008E-2</v>
       </c>
       <c r="O48" s="72">
-        <v>4.0328373668257738E-3</v>
+        <v>2.8112828415869625E-3</v>
       </c>
       <c r="P48" s="72">
-        <v>5.4754706394273892E-3</v>
+        <v>9.1557909765747761E-4</v>
       </c>
       <c r="Q48" s="72">
-        <v>6.1606997902872405E-3</v>
+        <v>4.2312152007425675E-3</v>
       </c>
       <c r="R48" s="72">
-        <v>6.059940377119993E-3</v>
+        <v>4.2004528804613639E-3</v>
       </c>
       <c r="S48" s="72">
-        <v>6.0185659113747335E-3</v>
+        <v>4.2864525478696815E-3</v>
       </c>
       <c r="T48" s="72">
-        <v>6.0233977288968957E-3</v>
+        <v>3.6762492278197881E-3</v>
       </c>
       <c r="U48" s="72">
-        <v>6.0954018062703078E-3</v>
+        <v>3.2906165530587794E-3</v>
       </c>
       <c r="V48" s="72">
-        <v>6.2939164136141283E-3</v>
+        <v>3.3271269126217114E-3</v>
       </c>
       <c r="W48" s="72">
-        <v>6.1876066559462843E-3</v>
+        <v>2.9712731516228128E-3</v>
       </c>
       <c r="X48" s="72">
-        <v>6.0789951751418301E-3</v>
+        <v>2.6081193217149033E-3</v>
       </c>
       <c r="Y48" s="73">
-        <v>6.0437536847306461E-3</v>
+        <v>3.5737650899658746E-3</v>
       </c>
     </row>
     <row r="49" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A49" s="34" t="s">
         <v>24</v>
       </c>
       <c r="B49" s="32">
-        <v>4.6061320528671512E-2</v>
+        <v>4.4573122739037574E-2</v>
       </c>
       <c r="C49" s="32">
-        <v>3.7012943581304913E-2</v>
+        <v>3.5059215406058275E-2</v>
       </c>
       <c r="D49" s="32">
-        <v>-1.1939997844191641E-2</v>
+        <v>-1.4009087401270937E-2</v>
       </c>
       <c r="E49" s="32">
-        <v>-3.3674859967522508E-2</v>
+        <v>-3.5895251532980121E-2</v>
       </c>
       <c r="F49" s="32">
-        <v>1.9720483818580048E-2</v>
+        <v>1.6773130591657193E-2</v>
       </c>
       <c r="G49" s="32">
-        <v>3.2997448192499945E-2</v>
+        <v>3.0211023633452072E-2</v>
       </c>
       <c r="H49" s="32">
-        <v>2.7225944061718632E-2</v>
+        <v>2.4428049727776679E-2</v>
       </c>
       <c r="I49" s="32">
-        <v>-3.6933494566918523E-2</v>
+        <v>-3.9135864735691861E-2</v>
       </c>
       <c r="J49" s="32">
-        <v>-2.3806288966381373E-2</v>
+        <v>-2.6030833504432249E-2</v>
       </c>
       <c r="K49" s="32">
-        <v>6.9125333614718842E-2</v>
+        <v>6.7862151138811333E-2</v>
       </c>
       <c r="L49" s="32">
-        <v>6.9088829954233377E-2</v>
+        <v>6.7510606467649392E-2</v>
       </c>
       <c r="M49" s="32">
-        <v>7.5988807128293034E-2</v>
+        <v>7.5235558357125587E-2</v>
       </c>
       <c r="N49" s="72">
-        <v>2.2001358787339775E-2</v>
+        <v>5.0544000000000144E-2</v>
       </c>
       <c r="O49" s="72">
-        <v>1.1732660198675138E-2</v>
+        <v>2.1945983189895601E-2</v>
       </c>
       <c r="P49" s="72">
-        <v>1.0591429502191829E-2</v>
+        <v>1.2939771634284503E-2</v>
       </c>
       <c r="Q49" s="72">
-        <v>1.1916896612164107E-2</v>
+        <v>1.2062063124599787E-2</v>
       </c>
       <c r="R49" s="72">
-        <v>1.1721993508573503E-2</v>
+        <v>1.1844703853867378E-2</v>
       </c>
       <c r="S49" s="72">
-        <v>1.1641961166882764E-2</v>
+        <v>1.1751442082905905E-2</v>
       </c>
       <c r="T49" s="72">
-        <v>1.1651307551517887E-2</v>
+        <v>1.1825257944997114E-2</v>
       </c>
       <c r="U49" s="72">
-        <v>1.1790588018822268E-2</v>
+        <v>1.2029058223424149E-2</v>
       </c>
       <c r="V49" s="72">
-        <v>1.2174583040856835E-2</v>
+        <v>1.2477623419802297E-2</v>
       </c>
       <c r="W49" s="72">
-        <v>1.1968943676155419E-2</v>
+        <v>1.227198405510066E-2</v>
       </c>
       <c r="X49" s="72">
-        <v>1.1758851993116215E-2</v>
+        <v>1.2061892372061678E-2</v>
       </c>
       <c r="Y49" s="73">
-        <v>1.1690640949999942E-2</v>
+        <v>1.204047757365756E-2</v>
       </c>
     </row>
     <row r="50" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A50" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B50" s="36">
-        <v>0</v>
+        <v>2.3426</v>
       </c>
       <c r="C50" s="36">
         <v>2.6562000000000001</v>
       </c>
       <c r="D50" s="36">
         <v>3.9047999999999998</v>
       </c>
       <c r="E50" s="36">
         <v>3.2591000000000001</v>
       </c>
       <c r="F50" s="36">
         <v>3.3079999999999998</v>
       </c>
       <c r="G50" s="36">
         <v>3.8748</v>
       </c>
       <c r="H50" s="36">
         <v>4.0307000000000004</v>
       </c>
       <c r="I50" s="36">
         <v>5.1966999999999999</v>
       </c>
       <c r="J50" s="36">
         <v>5.5804999999999998</v>
       </c>
       <c r="K50" s="36">
         <v>5.2176999999999998</v>
       </c>
       <c r="L50" s="36">
         <v>4.8413000000000004</v>
       </c>
       <c r="M50" s="36">
         <v>6.1923000000000004</v>
       </c>
       <c r="N50" s="74">
-        <v>6.1112744240151535</v>
+        <v>5.65</v>
       </c>
       <c r="O50" s="74">
-        <v>6.3281508157323962</v>
+        <v>5.8087665355644091</v>
       </c>
       <c r="P50" s="74">
-        <v>6.5291316899283727</v>
+        <v>5.9623644947761001</v>
       </c>
       <c r="Q50" s="74">
-        <v>6.7123657801253875</v>
+        <v>6.1149241721550567</v>
       </c>
       <c r="R50" s="74">
-        <v>6.8801749246285215</v>
+        <v>6.2677972764589329</v>
       </c>
       <c r="S50" s="74">
-        <v>7.0521792977442344</v>
+        <v>6.4244922083704052</v>
       </c>
       <c r="T50" s="74">
-        <v>7.2284837801878394</v>
+        <v>6.5851045135796644</v>
       </c>
       <c r="U50" s="74">
-        <v>7.4091958746925348</v>
+        <v>6.7497321264191559</v>
       </c>
       <c r="V50" s="74">
-        <v>7.5944257715598473</v>
+        <v>6.918475429579634</v>
       </c>
       <c r="W50" s="74">
-        <v>7.7842864158488432</v>
+        <v>7.0914373153191246</v>
       </c>
       <c r="X50" s="74">
-        <v>7.9788935762450635</v>
+        <v>7.268723248202102</v>
       </c>
       <c r="Y50" s="75">
-        <v>7.2410152345511811</v>
+        <v>6.6775857862605097</v>
       </c>
     </row>
     <row r="51" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A51" s="30" t="s">
         <v>26</v>
       </c>
       <c r="B51" s="23">
         <v>3.8610993895774826E-2</v>
       </c>
       <c r="C51" s="23">
         <v>5.0206776305044665E-2</v>
       </c>
       <c r="D51" s="23">
         <v>3.2315794378522167E-2</v>
       </c>
       <c r="E51" s="23">
         <v>7.0204925115702865E-2</v>
       </c>
       <c r="F51" s="23">
         <v>3.936624007574907E-2</v>
       </c>
       <c r="G51" s="23">
         <v>2.6550726083069742E-2</v>
       </c>
       <c r="H51" s="23">
         <v>1.8595281339062186E-3</v>
       </c>
       <c r="I51" s="23">
         <v>-2.4085395441268531E-2</v>
       </c>
       <c r="J51" s="23">
         <v>-7.3691361039970316E-3</v>
       </c>
       <c r="K51" s="23">
         <v>7.5295835328029304E-2</v>
       </c>
       <c r="L51" s="23">
         <v>6.8140032175191489E-2</v>
       </c>
       <c r="M51" s="23">
         <v>7.076802926170167E-2</v>
       </c>
       <c r="N51" s="72">
-        <v>8.4652339050368397E-2</v>
+        <v>9.9636641805316284E-2</v>
       </c>
       <c r="O51" s="72">
-        <v>7.6373747419063553E-2</v>
+        <v>7.69160334349277E-2</v>
       </c>
       <c r="P51" s="72">
-        <v>7.0278618275240401E-2</v>
+        <v>7.5346704271094911E-2</v>
       </c>
       <c r="Q51" s="72">
-        <v>6.6251595386648932E-2</v>
+        <v>6.8777521354967508E-2</v>
       </c>
       <c r="R51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="S51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="T51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="U51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="V51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="W51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="X51" s="72">
         <v>6.2200956937799257E-2</v>
       </c>
       <c r="Y51" s="73">
-        <v>6.3545144169842471E-2</v>
+        <v>6.3020809277282375E-2</v>
       </c>
     </row>
     <row r="52" spans="1:25" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A52" s="30" t="s">
         <v>27</v>
       </c>
       <c r="B52" s="23">
         <v>4.2719728404375656E-2</v>
       </c>
       <c r="C52" s="23">
         <v>5.9309968541931157E-2</v>
       </c>
       <c r="D52" s="23">
         <v>8.3236296567023471E-2</v>
       </c>
       <c r="E52" s="23">
         <v>6.414117326429114E-2</v>
       </c>
       <c r="F52" s="23">
         <v>2.8231626349517924E-2</v>
       </c>
       <c r="G52" s="23">
         <v>2.6196667629779569E-2</v>
       </c>
       <c r="H52" s="23">
         <v>7.905138339920903E-3</v>
       </c>
       <c r="I52" s="23">
         <v>-7.0490536886829158E-3</v>
       </c>
       <c r="J52" s="23">
         <v>6.3910783386279757E-2</v>
       </c>
       <c r="K52" s="23">
         <v>7.7203885265393124E-2</v>
       </c>
       <c r="L52" s="23">
         <v>5.9446450060168354E-2</v>
       </c>
       <c r="M52" s="23">
         <v>9.9472798076803759E-2</v>
       </c>
       <c r="N52" s="72">
-        <v>7.5273116655524053E-2</v>
+        <v>7.4922481707788924E-2</v>
       </c>
       <c r="O52" s="72">
-        <v>6.9789779837211796E-2</v>
+        <v>7.3916118480579218E-2</v>
       </c>
       <c r="P52" s="72">
-        <v>6.799872155954878E-2</v>
+        <v>7.1355937286992299E-2</v>
       </c>
       <c r="Q52" s="72">
-        <v>7.1499360779774396E-2</v>
+        <v>7.3177968643496155E-2</v>
       </c>
       <c r="R52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="S52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="T52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="U52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="V52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="W52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="X52" s="72">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="Y52" s="73">
-        <v>7.3830577828339683E-2</v>
+        <v>7.4772077016229233E-2</v>
       </c>
     </row>
     <row r="53" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A53" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B53" s="65">
         <v>0.1</v>
       </c>
       <c r="C53" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="D53" s="65">
         <v>0.14249999999999999</v>
       </c>
       <c r="E53" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="F53" s="65">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G53" s="65">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="H53" s="65">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="I53" s="65">
         <v>0.02</v>
       </c>
       <c r="J53" s="65">
         <v>9.2499999999999999E-2</v>
       </c>
       <c r="K53" s="65">
         <v>0.13750000000000001</v>
       </c>
       <c r="L53" s="65">
         <v>0.11749999999999999</v>
       </c>
       <c r="M53" s="65">
         <v>0.1225</v>
       </c>
       <c r="N53" s="76">
-        <v>0.1525</v>
+        <v>0.15</v>
       </c>
       <c r="O53" s="76">
-        <v>0.13500000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="P53" s="76">
         <v>0.125</v>
       </c>
       <c r="Q53" s="76">
         <v>0.11749999999999999</v>
       </c>
       <c r="R53" s="76">
         <v>0.11</v>
       </c>
       <c r="S53" s="76">
         <v>0.11</v>
       </c>
       <c r="T53" s="76">
         <v>0.11</v>
       </c>
       <c r="U53" s="76">
         <v>0.11</v>
       </c>
       <c r="V53" s="76">
         <v>0.11</v>
       </c>
       <c r="W53" s="76">
         <v>0.11</v>
       </c>
       <c r="X53" s="76">
         <v>0.11</v>
       </c>
       <c r="Y53" s="77">
-        <v>0.11248882250997627</v>
+        <v>0.11093474032068151</v>
       </c>
     </row>
     <row r="54" spans="1:25" s="35" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
       <c r="B54" s="23"/>
       <c r="C54" s="23"/>
       <c r="D54" s="23"/>
       <c r="E54" s="23"/>
       <c r="F54" s="23"/>
       <c r="G54" s="23"/>
       <c r="H54" s="23"/>
       <c r="I54" s="23"/>
       <c r="J54" s="23"/>
       <c r="K54" s="23"/>
       <c r="L54" s="23"/>
       <c r="M54" s="23"/>
       <c r="N54" s="23"/>
       <c r="O54" s="23"/>
       <c r="P54" s="23"/>
       <c r="Q54" s="23"/>
       <c r="R54" s="23"/>
       <c r="S54" s="23"/>
       <c r="T54" s="23"/>
       <c r="U54" s="23"/>
       <c r="V54" s="23"/>